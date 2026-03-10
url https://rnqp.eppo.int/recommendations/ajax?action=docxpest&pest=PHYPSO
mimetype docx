--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -457,51 +457,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4342690d4deb38fa5" w:history="1">
+      <w:hyperlink r:id="rId495469b01ab45260f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1324,51 +1324,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Badcock L (2013) Is lavender under threat? Essential. Wholesale &amp; labs. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4252690d4deb39424" w:history="1">
+      <w:hyperlink r:id="rId809069b01ab452a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://library.essentialwholesale.com/is-lavender-under-threat/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1380,51 +1380,51 @@
         <w:t xml:space="preserve">Danet J-L, Sémétey O, Gaudin J, Verdin E, Chaisse E &amp; Foissac X (2010) Lavender decline is caused by several genetic variants of the Stolbur phytoplasme in south eastern France. In: Bertaccini A, Lavina A, Torres E (eds.) Current status and perspectives of phytoplasma disease research and management. p. 9. European cooperation in science and technology (COST) action FA0807, Sitges, Spain;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6321690d4deb394a2" w:history="1">
+      <w:hyperlink r:id="rId788269b01ab452aa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1467,51 +1467,51 @@
         <w:t xml:space="preserve">Fialova R, Válová P, Balakishiyeva G, Danet J-L, Safárová D, Foissac X &amp; Navrátil M (2009) Genetic variability of Stolbur phytoplasma in annual crop and wild plant species in south Moravia. Journal of Plant Pathology 91, 411-416;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Grebenicharski S (2016) Lavender production in Bulgaria-Market and opportunity analysis. Inteliagro. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8040690d4deb39548" w:history="1">
+      <w:hyperlink r:id="rId286969b01ab452b05" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -2311,51 +2311,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Badcock L (2013) Is lavender under threat? Essential. Wholesale &amp; labs. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3739690d4deb399c4" w:history="1">
+      <w:hyperlink r:id="rId264369b01ab452f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://library.essentialwholesale.com/is-lavender-under-threat/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2367,51 +2367,51 @@
         <w:t xml:space="preserve">Danet J-L, Sémétey O, Gaudin J, Verdin E, Chaisse E &amp; Foissac X (2010) Lavender decline is caused by several genetic variants of the Stolbur phytoplasme in south eastern France. In: Bertaccini A, Lavina A, Torres E (eds.) Current status and perspectives of phytoplasma disease research and management. p. 9. European cooperation in science and technology (COST) action FA0807, Sitges, Spain;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8694690d4deb39a09" w:history="1">
+      <w:hyperlink r:id="rId657069b01ab452f75" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2454,51 +2454,51 @@
         <w:t xml:space="preserve">Fialova R, Válová P, Balakishiyeva G, Danet J-L, Safárová D, Foissac X &amp; Navrátil M (2009) Genetic variability of Stolbur phytoplasma in annual crop and wild plant species in south Moravia. Journal of Plant Pathology 91, 411-416;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Grebenicharski S (2016) Lavender production in Bulgaria-Market and opportunity analysis. Inteliagro. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5884690d4deb39a66" w:history="1">
+      <w:hyperlink r:id="rId769469b01ab452fd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -3295,51 +3295,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8078690d4deb39e93" w:history="1">
+      <w:hyperlink r:id="rId966069b01ab4551b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4340,92 +4340,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chung B N, Jeong M I, Choi S K, Joa J H, Choi K S &amp;Choi I M (2013) Occurrence of Stolbur Phytoplasma Disease in Spreading Type Petunia hybrida Cultivars in Korea. The Plant Pathology Journal 29, 465–470. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8546690d4deb3a374" w:history="1">
+      <w:hyperlink r:id="rId479469b01ab4556c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4174827/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1327690d4deb3a3a3" w:history="1">
+      <w:hyperlink r:id="rId766469b01ab4556f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5249,51 +5249,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3609690d4deb3a7b3" w:history="1">
+      <w:hyperlink r:id="rId951169b01ab455b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5774,51 +5774,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Candidatus Phytoplasma solani. EFSA Journal 2014;12(12):3924, 27 pp. doi:10.2903/j.efsa.2014.3924 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3296690d4deb3aa2a" w:history="1">
+      <w:hyperlink r:id="rId265969b01ab455de4" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5934,137 +5934,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53333748">
+  <w:abstractNum w:abstractNumId="73458661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35199172">
+    <w:lvl w:ilvl="0" w:tplc="99210213">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35199172" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99210213" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53333747">
+  <w:abstractNum w:abstractNumId="73458660">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88225608">
+    <w:lvl w:ilvl="0" w:tplc="48153019">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6816,55 +6816,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53333747">
-    <w:abstractNumId w:val="53333747"/>
+  <w:num w:numId="73458660">
+    <w:abstractNumId w:val="73458660"/>
   </w:num>
-  <w:num w:numId="53333748">
-    <w:abstractNumId w:val="53333748"/>
+  <w:num w:numId="73458661">
+    <w:abstractNumId w:val="73458661"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -18409,51 +18409,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792204657" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4342690d4deb38fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4252690d4deb39424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.essentialwholesale.com/is-lavender-under-threat/" TargetMode="External"/><Relationship Id="rId6321690d4deb394a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId8040690d4deb39548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf" TargetMode="External"/><Relationship Id="rId3739690d4deb399c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.essentialwholesale.com/is-lavender-under-threat/" TargetMode="External"/><Relationship Id="rId8694690d4deb39a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId5884690d4deb39a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf" TargetMode="External"/><Relationship Id="rId8078690d4deb39e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId8546690d4deb3a374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4174827/" TargetMode="External"/><Relationship Id="rId1327690d4deb3a3a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId3609690d4deb3a7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId3296690d4deb3aa2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595332933" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId495469b01ab45260f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId809069b01ab452a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.essentialwholesale.com/is-lavender-under-threat/" TargetMode="External"/><Relationship Id="rId788269b01ab452aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId286969b01ab452b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf" TargetMode="External"/><Relationship Id="rId264369b01ab452f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.essentialwholesale.com/is-lavender-under-threat/" TargetMode="External"/><Relationship Id="rId657069b01ab452f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId769469b01ab452fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inteliagro.bg/Files/ed87d116-5fc3-4fcd-a0fb-5853f327a52bLavender%20production%20in%20Bulgaria_ENG.pdf" TargetMode="External"/><Relationship Id="rId966069b01ab4551b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId479469b01ab4556c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4174827/" TargetMode="External"/><Relationship Id="rId766469b01ab4556f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId951169b01ab455b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/><Relationship Id="rId265969b01ab455de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3924.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>