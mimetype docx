--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -501,51 +501,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3426690a9b84cc1ff" w:history="1">
+      <w:hyperlink r:id="rId4681695c6df0bb375" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). This pest is a candidate for the RNQP status according to the IIA2AWG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Comment by forestry experts: Very limited number of analyses were performed on Prunus avium, but besides older data, new reports are confirmed from Poland (Cieslinska 2015), Czech Republic (Ludvikova et al., 2011) and Hungary (Tarcali &amp; Kovics, 2012). Since no targeted surveys of CPp infection on Prunus avium are undertaken, the distribution of CPp in Europe is unclear and suspected to be underestimated.</w:t>
@@ -1555,51 +1555,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2503690a9b84cc70d" w:history="1">
+      <w:hyperlink r:id="rId4321695c6df0bb8d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1619,133 +1619,133 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehle N, Ravnikar M, Seljak G, Knapic V, Dermastia M (2011) The most widespread phytoplasmas, vectors and measures for disease control in Slovenia. Phytopathogenic Mollicutes 1: 65- 76. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6666690a9b84cc756" w:history="1">
+      <w:hyperlink r:id="rId5197695c6df0bb921" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3820690a9b84cc782" w:history="1">
+      <w:hyperlink r:id="rId1585695c6df0bb94e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Seljak G, Rot M (2013) Preučevanje bionomije češpljeve bolšice (Cacopsylla pruni) na Primorskem. Zbornik predavanj in referatov 11. slovenskega posvetovanja o varstvu rastlin z mednarodno udeležbo = Lectures and papers presented at the 11th Slovenian Conference on Plant Protection with International Participation, Bled, 5.–6. marec 2013 p.: 89-95. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1487690a9b84cc7b0" w:history="1">
+      <w:hyperlink r:id="rId9322695c6df0bb97d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2691,51 +2691,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9170690a9b84ccc47" w:history="1">
+      <w:hyperlink r:id="rId2821695c6df0bbe33" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2824,51 +2824,51 @@
         <w:t xml:space="preserve">Jarausch W, Jarausch-Wehrheim B, Danet JL, Broquaire JM, Dosba F, Saillard C &amp; Garnier M (2001) Detection and indentification of European stone fruit yellows and other phytoplasmas in wild plants in the surroundings of apricot chlorotic leaf roll-affected orchards in southern France. European Journal of Plant Pathology 107, 209–217;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5931690a9b84ccccb" w:history="1">
+      <w:hyperlink r:id="rId8029695c6df0bbebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3561,51 +3561,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7647690a9b84cd03e" w:history="1">
+      <w:hyperlink r:id="rId1941695c6df0bc22d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3648,51 +3648,51 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3572690a9b84cd094" w:history="1">
+      <w:hyperlink r:id="rId6550695c6df0bc284" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3877,137 +3877,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51690169">
+  <w:abstractNum w:abstractNumId="85920817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91100566">
+    <w:lvl w:ilvl="0" w:tplc="27832281">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91100566" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27832281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51690168">
+  <w:abstractNum w:abstractNumId="85920816">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49009162">
+    <w:lvl w:ilvl="0" w:tplc="33528703">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4759,55 +4759,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51690168">
-    <w:abstractNumId w:val="51690168"/>
+  <w:num w:numId="85920816">
+    <w:abstractNumId w:val="85920816"/>
   </w:num>
-  <w:num w:numId="51690169">
-    <w:abstractNumId w:val="51690169"/>
+  <w:num w:numId="85920817">
+    <w:abstractNumId w:val="85920817"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -16352,51 +16352,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId360756052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3426690a9b84cc1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2503690a9b84cc70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId6666690a9b84cc756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf" TargetMode="External"/><Relationship Id="rId3820690a9b84cc782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId1487690a9b84cc7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf" TargetMode="External"/><Relationship Id="rId9170690a9b84ccc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId5931690a9b84ccccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId7647690a9b84cd03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId3572690a9b84cd094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId898899474" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4681695c6df0bb375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4321695c6df0bb8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId5197695c6df0bb921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf" TargetMode="External"/><Relationship Id="rId1585695c6df0bb94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId9322695c6df0bb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf" TargetMode="External"/><Relationship Id="rId2821695c6df0bbe33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId8029695c6df0bbebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId1941695c6df0bc22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId6550695c6df0bc284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>