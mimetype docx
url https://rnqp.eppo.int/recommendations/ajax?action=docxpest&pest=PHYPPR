--- v1 (2026-01-06)
+++ v2 (2026-03-10)
@@ -501,51 +501,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4681695c6df0bb375" w:history="1">
+      <w:hyperlink r:id="rId640969b01bc351c24" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). This pest is a candidate for the RNQP status according to the IIA2AWG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Comment by forestry experts: Very limited number of analyses were performed on Prunus avium, but besides older data, new reports are confirmed from Poland (Cieslinska 2015), Czech Republic (Ludvikova et al., 2011) and Hungary (Tarcali &amp; Kovics, 2012). Since no targeted surveys of CPp infection on Prunus avium are undertaken, the distribution of CPp in Europe is unclear and suspected to be underestimated.</w:t>
@@ -1555,51 +1555,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4321695c6df0bb8d6" w:history="1">
+      <w:hyperlink r:id="rId722569b01bc35221d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1619,133 +1619,133 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehle N, Ravnikar M, Seljak G, Knapic V, Dermastia M (2011) The most widespread phytoplasmas, vectors and measures for disease control in Slovenia. Phytopathogenic Mollicutes 1: 65- 76. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5197695c6df0bb921" w:history="1">
+      <w:hyperlink r:id="rId308969b01bc35226f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1585695c6df0bb94e" w:history="1">
+      <w:hyperlink r:id="rId902769b01bc3522a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Seljak G, Rot M (2013) Preučevanje bionomije češpljeve bolšice (Cacopsylla pruni) na Primorskem. Zbornik predavanj in referatov 11. slovenskega posvetovanja o varstvu rastlin z mednarodno udeležbo = Lectures and papers presented at the 11th Slovenian Conference on Plant Protection with International Participation, Bled, 5.–6. marec 2013 p.: 89-95. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9322695c6df0bb97d" w:history="1">
+      <w:hyperlink r:id="rId229769b01bc3522d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2691,51 +2691,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2821695c6df0bbe33" w:history="1">
+      <w:hyperlink r:id="rId110569b01bc352837" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2824,51 +2824,51 @@
         <w:t xml:space="preserve">Jarausch W, Jarausch-Wehrheim B, Danet JL, Broquaire JM, Dosba F, Saillard C &amp; Garnier M (2001) Detection and indentification of European stone fruit yellows and other phytoplasmas in wild plants in the surroundings of apricot chlorotic leaf roll-affected orchards in southern France. European Journal of Plant Pathology 107, 209–217;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8029695c6df0bbebb" w:history="1">
+      <w:hyperlink r:id="rId115069b01bc3528c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3561,51 +3561,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1941695c6df0bc22d" w:history="1">
+      <w:hyperlink r:id="rId111769b01bc352cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3648,51 +3648,51 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6550695c6df0bc284" w:history="1">
+      <w:hyperlink r:id="rId437669b01bc352d0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3877,137 +3877,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85920817">
+  <w:abstractNum w:abstractNumId="78001971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27832281">
+    <w:lvl w:ilvl="0" w:tplc="44282863">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27832281" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44282863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85920816">
+  <w:abstractNum w:abstractNumId="78001970">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33528703">
+    <w:lvl w:ilvl="0" w:tplc="35775822">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4759,55 +4759,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85920816">
-    <w:abstractNumId w:val="85920816"/>
+  <w:num w:numId="78001970">
+    <w:abstractNumId w:val="78001970"/>
   </w:num>
-  <w:num w:numId="85920817">
-    <w:abstractNumId w:val="85920817"/>
+  <w:num w:numId="78001971">
+    <w:abstractNumId w:val="78001971"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -16352,51 +16352,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId898899474" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4681695c6df0bb375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4321695c6df0bb8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId5197695c6df0bb921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf" TargetMode="External"/><Relationship Id="rId1585695c6df0bb94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId9322695c6df0bb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf" TargetMode="External"/><Relationship Id="rId2821695c6df0bbe33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId8029695c6df0bbebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId1941695c6df0bc22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId6550695c6df0bc284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId744254117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId640969b01bc351c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId722569b01bc35221d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId308969b01bc35226f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmetijskizavod-ng.si/priponke/OVR/fitoplazme_slovenia.pdf" TargetMode="External"/><Relationship Id="rId902769b01bc3522a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId229769b01bc3522d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dvrs.bf.uni-lj.si/spvr/2013/17Seljak.pdf" TargetMode="External"/><Relationship Id="rId110569b01bc352837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId115069b01bc3528c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/><Relationship Id="rId111769b01bc352cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId437669b01bc352d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>