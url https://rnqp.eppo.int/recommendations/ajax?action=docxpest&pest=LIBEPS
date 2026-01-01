--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -484,51 +484,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId936969083987872e3" w:history="1">
+      <w:hyperlink r:id="rId685869566f5b67ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). Only haplotypes C, D and E are present in the EPPO region (European haplotypes, Apiaceae haplotypes).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1358,92 +1358,92 @@
         <w:t xml:space="preserve">Euphresco (2017) PHYLIB meeting Bologna, 27-28 April 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (European Plant Protection Organization) (2009) 'Candidatus Liberibacter solanacearum'. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507469083987876c7" w:history="1">
+      <w:hyperlink r:id="rId568869566f5b68309" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Emergency actions (2015) Notification of phytosanitary measures to reduce the risk of introduction of 'Candidatus Liberibacter solanacearum' through the importation of carrot (seed and seedling) and celery (seedling) - Emergency Actions. FAO, Roma. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373569083987876f5" w:history="1">
+      <w:hyperlink r:id="rId308669566f5b68339" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1455,133 +1455,133 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Emergency Action (2016) Proposed revision of List of the plants subject to Specific Phytosanitary Measures to be carried out in Exporting Countries (Annexed Table 2-2 of the Ordinance for Enforcement of the Plant Protection Act). FAO, Roma.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId2060690839878772e" w:history="1">
+      <w:hyperlink r:id="rId446469566f5b68376" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hajri A, Loiseau M, Cousseau-Suhard P, Renaudin I &amp; Gentit P (2017) Genetic Characterization of ‘Candidatus Liberibacter solanacearum’Haplotypes Associated with Apiaceous Crops in France. Plant Disease, Posted online on 15 May 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95226908398787762" w:history="1">
+      <w:hyperlink r:id="rId660869566f5b683a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-16-1686-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Holeva MC, Glynos PE &amp; Karafla CD (2017) First report of ‘Candidatus Liberibacter solanacearum’on carrot in Greece. Plant Disease, Accepted for publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1731690839878778e" w:history="1">
+      <w:hyperlink r:id="rId594769566f5b683ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-17-0419-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1601,92 +1601,92 @@
         <w:t xml:space="preserve">IPPC (2017) ISPM 27. Diagnostic protocols for regulated pests DP 21: ‘Candidatus Liberibacter solanacearum’ Adopted 2017 – Taxonomic Information p.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Loiseau M, Garnier S, Boirin V, Merieau M, Leguay A, Renaudin I, Renvoisé J-P &amp; Gentit P (2014) First Report of ‘Candidatus Liberibacter solanacearum’ in Carrot in France. Plant Disease 6, 839, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154469083987877d6" w:history="1">
+      <w:hyperlink r:id="rId641769566f5b68410" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-13-0900-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Loiseau M, Renaudin I, Cousseau-Suhard P, Lucas PM, Forveille A, Gentit P (2017) Lack of evidence of vertical transmission of ‘Candidatus Liberibacter solanacearum’ by carrot seeds suggests that seed is not a major transmission pathway. Plant Disease. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41836908398787801" w:history="1">
+      <w:hyperlink r:id="rId517869566f5b6843b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0531-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2746,137 +2746,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73597672">
+  <w:abstractNum w:abstractNumId="35865857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91780346">
+    <w:lvl w:ilvl="0" w:tplc="24400794">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91780346" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24400794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73597671">
+  <w:abstractNum w:abstractNumId="35865856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61342972">
+    <w:lvl w:ilvl="0" w:tplc="82182640">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3628,55 +3628,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73597671">
-    <w:abstractNumId w:val="73597671"/>
+  <w:num w:numId="35865856">
+    <w:abstractNumId w:val="35865856"/>
   </w:num>
-  <w:num w:numId="73597672">
-    <w:abstractNumId w:val="73597672"/>
+  <w:num w:numId="35865857">
+    <w:abstractNumId w:val="35865857"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -15221,51 +15221,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId183068063" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId936969083987872e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId507469083987876c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm" TargetMode="External"/><Relationship Id="rId373569083987876f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/" TargetMode="External"/><Relationship Id="rId2060690839878772e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf" TargetMode="External"/><Relationship Id="rId95226908398787762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-16-1686-RE" TargetMode="External"/><Relationship Id="rId1731690839878778e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-17-0419-PDN" TargetMode="External"/><Relationship Id="rId154469083987877d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-13-0900-PDN" TargetMode="External"/><Relationship Id="rId41836908398787801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0531-RE" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233978298" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685869566f5b67ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId568869566f5b68309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm" TargetMode="External"/><Relationship Id="rId308669566f5b68339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/" TargetMode="External"/><Relationship Id="rId446469566f5b68376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf" TargetMode="External"/><Relationship Id="rId660869566f5b683a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-16-1686-RE" TargetMode="External"/><Relationship Id="rId594769566f5b683ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-17-0419-PDN" TargetMode="External"/><Relationship Id="rId641769566f5b68410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-13-0900-PDN" TargetMode="External"/><Relationship Id="rId517869566f5b6843b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0531-RE" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>