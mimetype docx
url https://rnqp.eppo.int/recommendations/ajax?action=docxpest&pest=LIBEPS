--- v1 (2026-01-01)
+++ v2 (2026-03-10)
@@ -484,51 +484,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId685869566f5b67ee6" w:history="1">
+      <w:hyperlink r:id="rId469069b01755a4846" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). Only haplotypes C, D and E are present in the EPPO region (European haplotypes, Apiaceae haplotypes).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1358,92 +1358,92 @@
         <w:t xml:space="preserve">Euphresco (2017) PHYLIB meeting Bologna, 27-28 April 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (European Plant Protection Organization) (2009) 'Candidatus Liberibacter solanacearum'. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568869566f5b68309" w:history="1">
+      <w:hyperlink r:id="rId642069b01755a4cf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Emergency actions (2015) Notification of phytosanitary measures to reduce the risk of introduction of 'Candidatus Liberibacter solanacearum' through the importation of carrot (seed and seedling) and celery (seedling) - Emergency Actions. FAO, Roma. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308669566f5b68339" w:history="1">
+      <w:hyperlink r:id="rId807169b01755a4d26" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1455,133 +1455,133 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Emergency Action (2016) Proposed revision of List of the plants subject to Specific Phytosanitary Measures to be carried out in Exporting Countries (Annexed Table 2-2 of the Ordinance for Enforcement of the Plant Protection Act). FAO, Roma.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId446469566f5b68376" w:history="1">
+      <w:hyperlink r:id="rId490169b01755a4d65" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hajri A, Loiseau M, Cousseau-Suhard P, Renaudin I &amp; Gentit P (2017) Genetic Characterization of ‘Candidatus Liberibacter solanacearum’Haplotypes Associated with Apiaceous Crops in France. Plant Disease, Posted online on 15 May 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660869566f5b683a3" w:history="1">
+      <w:hyperlink r:id="rId546969b01755a4d94" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-16-1686-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Holeva MC, Glynos PE &amp; Karafla CD (2017) First report of ‘Candidatus Liberibacter solanacearum’on carrot in Greece. Plant Disease, Accepted for publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594769566f5b683ce" w:history="1">
+      <w:hyperlink r:id="rId730369b01755a4dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-17-0419-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1601,92 +1601,92 @@
         <w:t xml:space="preserve">IPPC (2017) ISPM 27. Diagnostic protocols for regulated pests DP 21: ‘Candidatus Liberibacter solanacearum’ Adopted 2017 – Taxonomic Information p.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Loiseau M, Garnier S, Boirin V, Merieau M, Leguay A, Renaudin I, Renvoisé J-P &amp; Gentit P (2014) First Report of ‘Candidatus Liberibacter solanacearum’ in Carrot in France. Plant Disease 6, 839, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641769566f5b68410" w:history="1">
+      <w:hyperlink r:id="rId425069b01755a4e07" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-13-0900-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Loiseau M, Renaudin I, Cousseau-Suhard P, Lucas PM, Forveille A, Gentit P (2017) Lack of evidence of vertical transmission of ‘Candidatus Liberibacter solanacearum’ by carrot seeds suggests that seed is not a major transmission pathway. Plant Disease. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517869566f5b6843b" w:history="1">
+      <w:hyperlink r:id="rId144169b01755a4e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0531-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2746,137 +2746,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35865857">
+  <w:abstractNum w:abstractNumId="80701517">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24400794">
+    <w:lvl w:ilvl="0" w:tplc="69602506">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24400794" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69602506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35865856">
+  <w:abstractNum w:abstractNumId="80701516">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82182640">
+    <w:lvl w:ilvl="0" w:tplc="60420376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3628,55 +3628,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35865856">
-    <w:abstractNumId w:val="35865856"/>
+  <w:num w:numId="80701516">
+    <w:abstractNumId w:val="80701516"/>
   </w:num>
-  <w:num w:numId="35865857">
-    <w:abstractNumId w:val="35865857"/>
+  <w:num w:numId="80701517">
+    <w:abstractNumId w:val="80701517"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -15221,51 +15221,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233978298" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685869566f5b67ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId568869566f5b68309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm" TargetMode="External"/><Relationship Id="rId308669566f5b68339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/" TargetMode="External"/><Relationship Id="rId446469566f5b68376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf" TargetMode="External"/><Relationship Id="rId660869566f5b683a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-16-1686-RE" TargetMode="External"/><Relationship Id="rId594769566f5b683ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-17-0419-PDN" TargetMode="External"/><Relationship Id="rId641769566f5b68410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-13-0900-PDN" TargetMode="External"/><Relationship Id="rId517869566f5b6843b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0531-RE" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325117525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469069b01755a4846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId642069b01755a4cf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/bacteria/Liberibacter_psyllaurous.htm" TargetMode="External"/><Relationship Id="rId807169b01755a4d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/japan/eventreporting/2015/05/emergency-measures-to-reduce-the-risk-of-introduction-of-candidatus-liberibacter-solanacearum-through-the-importation-of-carrot-seed-and-seedling-and-celery-seedling/" TargetMode="External"/><Relationship Id="rId490169b01755a4d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maff.go.jp/j/syouan/keneki/kikaku/pdf/04_at2_2_specific_measures.pdf" TargetMode="External"/><Relationship Id="rId546969b01755a4d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-16-1686-RE" TargetMode="External"/><Relationship Id="rId730369b01755a4dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-17-0419-PDN" TargetMode="External"/><Relationship Id="rId425069b01755a4e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-13-0900-PDN" TargetMode="External"/><Relationship Id="rId144169b01755a4e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0531-RE" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>