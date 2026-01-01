--- v0 (2025-11-01)
+++ v1 (2026-01-01)
@@ -484,51 +484,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId956969063f59159ec" w:history="1">
+      <w:hyperlink r:id="rId52066956942c11b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1381,51 +1381,51 @@
         <w:t xml:space="preserve">Bobev SG, van Vaerenbergh J &amp; Maes M (2007) First report of fire blight on Pyrus elaeagrifolia and Amelanchier sp. in Bulgaria. Plant Disease 91, pp.110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629169063f5915e5e" w:history="1">
+      <w:hyperlink r:id="rId52256956942c1207c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2304,51 +2304,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185469063f5916328" w:history="1">
+      <w:hyperlink r:id="rId61486956942c1265a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3227,51 +3227,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303169063f59167ad" w:history="1">
+      <w:hyperlink r:id="rId33546956942c12b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4136,51 +4136,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453969063f5916c00" w:history="1">
+      <w:hyperlink r:id="rId65306956942c130fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4608,51 +4608,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428769063f5916e68" w:history="1">
+      <w:hyperlink r:id="rId57996956942c13380" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5105,51 +5105,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752469063f59170d4" w:history="1">
+      <w:hyperlink r:id="rId57396956942c13657" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6108,51 +6108,51 @@
         <w:t xml:space="preserve">Bastas K K &amp; Maden S (2007) Evaluation of host resistance inducers and conventional products for fire blight management in loquat and quince. Phytoprotection 88, 93-101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648669063f59175d5" w:history="1">
+      <w:hyperlink r:id="rId17236956942c13be7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7238,51 +7238,51 @@
         <w:t xml:space="preserve">Bastas K K &amp; Maden S (2007) Evaluation of host resistance inducers and conventional products for fire blight management in loquat and quince. Phytoprotection 88, 93-101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821569063f5917b38" w:history="1">
+      <w:hyperlink r:id="rId28116956942c141a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7894,51 +7894,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838869063f5917e25" w:history="1">
+      <w:hyperlink r:id="rId51906956942c144d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8391,51 +8391,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367369063f5918081" w:history="1">
+      <w:hyperlink r:id="rId64846956942c14770" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9440,51 +9440,51 @@
         <w:t xml:space="preserve">Dimitrova E &amp; Andreev L (2004) Fireblight situation in Bulgaria and measures undertaken by the NPPO. Bulletin OEPP 34, 343-345;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924969063f5918573" w:history="1">
+      <w:hyperlink r:id="rId43596956942c14d01" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10524,51 +10524,51 @@
         <w:t xml:space="preserve">Dimitrova E &amp; Andreev L (2004) Fireblight situation in Bulgaria and measures undertaken by the NPPO. Bulletin OEPP 34, 343-345;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687869063f5918ab2" w:history="1">
+      <w:hyperlink r:id="rId19636956942c1527e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11505,51 +11505,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344269063f5918f56" w:history="1">
+      <w:hyperlink r:id="rId51256956942c157b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12405,51 +12405,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418969063f59193b3" w:history="1">
+      <w:hyperlink r:id="rId56806956942c15c7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12877,51 +12877,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616869063f59195e9" w:history="1">
+      <w:hyperlink r:id="rId74706956942c15ee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13397,51 +13397,51 @@
         <w:t xml:space="preserve">Chatfield JA, Taylor NA, Draper EA, Nameth S &amp; Boggs JF (2002) Infectious disease problems of ornamental plants in Ohio: 2001. Special Circular - Ohio Agricultural Research and Development Center 186, 46-52;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185669063f5919870" w:history="1">
+      <w:hyperlink r:id="rId42266956942c161d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14320,51 +14320,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886769063f5919cde" w:history="1">
+      <w:hyperlink r:id="rId88736956942c16684" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14480,137 +14480,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55879873">
+  <w:abstractNum w:abstractNumId="78684808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63869632">
+    <w:lvl w:ilvl="0" w:tplc="95116091">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63869632" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95116091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55879872">
+  <w:abstractNum w:abstractNumId="78684807">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22152761">
+    <w:lvl w:ilvl="0" w:tplc="57301684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15362,55 +15362,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55879872">
-    <w:abstractNumId w:val="55879872"/>
+  <w:num w:numId="78684807">
+    <w:abstractNumId w:val="78684807"/>
   </w:num>
-  <w:num w:numId="55879873">
-    <w:abstractNumId w:val="55879873"/>
+  <w:num w:numId="78684808">
+    <w:abstractNumId w:val="78684808"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -26955,51 +26955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859397832" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId956969063f59159ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId629169063f5915e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId185469063f5916328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId303169063f59167ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId453969063f5916c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId428769063f5916e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId752469063f59170d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId648669063f59175d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId821569063f5917b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId838869063f5917e25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId367369063f5918081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId924969063f5918573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId687869063f5918ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId344269063f5918f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId418969063f59193b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId616869063f59195e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId185669063f5919870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId886769063f5919cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308932807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId52066956942c11b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52256956942c1207c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId61486956942c1265a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId33546956942c12b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId65306956942c130fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId57996956942c13380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId57396956942c13657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId17236956942c13be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId28116956942c141a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId51906956942c144d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId64846956942c14770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId43596956942c14d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId19636956942c1527e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId51256956942c157b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId56806956942c15c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId74706956942c15ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId42266956942c161d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId88736956942c16684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>