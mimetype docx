--- v1 (2026-01-01)
+++ v2 (2026-03-10)
@@ -484,51 +484,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52066956942c11b75" w:history="1">
+      <w:hyperlink r:id="rId434269b0175610bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1381,51 +1381,51 @@
         <w:t xml:space="preserve">Bobev SG, van Vaerenbergh J &amp; Maes M (2007) First report of fire blight on Pyrus elaeagrifolia and Amelanchier sp. in Bulgaria. Plant Disease 91, pp.110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52256956942c1207c" w:history="1">
+      <w:hyperlink r:id="rId341069b01756110f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2304,51 +2304,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61486956942c1265a" w:history="1">
+      <w:hyperlink r:id="rId566169b01756115f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3227,51 +3227,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33546956942c12b8c" w:history="1">
+      <w:hyperlink r:id="rId800969b0175611afa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4136,51 +4136,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65306956942c130fd" w:history="1">
+      <w:hyperlink r:id="rId812369b0175611fda" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4608,51 +4608,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57996956942c13380" w:history="1">
+      <w:hyperlink r:id="rId417369b0175612257" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5105,51 +5105,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57396956942c13657" w:history="1">
+      <w:hyperlink r:id="rId615469b01756124e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6108,51 +6108,51 @@
         <w:t xml:space="preserve">Bastas K K &amp; Maden S (2007) Evaluation of host resistance inducers and conventional products for fire blight management in loquat and quince. Phytoprotection 88, 93-101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17236956942c13be7" w:history="1">
+      <w:hyperlink r:id="rId932069b0175612a4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7238,51 +7238,51 @@
         <w:t xml:space="preserve">Bastas K K &amp; Maden S (2007) Evaluation of host resistance inducers and conventional products for fire blight management in loquat and quince. Phytoprotection 88, 93-101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28116956942c141a9" w:history="1">
+      <w:hyperlink r:id="rId808069b0175613011" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7894,51 +7894,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51906956942c144d8" w:history="1">
+      <w:hyperlink r:id="rId683169b017561333f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8391,51 +8391,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64846956942c14770" w:history="1">
+      <w:hyperlink r:id="rId844669b01756135c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9440,51 +9440,51 @@
         <w:t xml:space="preserve">Dimitrova E &amp; Andreev L (2004) Fireblight situation in Bulgaria and measures undertaken by the NPPO. Bulletin OEPP 34, 343-345;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43596956942c14d01" w:history="1">
+      <w:hyperlink r:id="rId997269b0175613b42" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10524,51 +10524,51 @@
         <w:t xml:space="preserve">Dimitrova E &amp; Andreev L (2004) Fireblight situation in Bulgaria and measures undertaken by the NPPO. Bulletin OEPP 34, 343-345;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19636956942c1527e" w:history="1">
+      <w:hyperlink r:id="rId375569b01756140b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11505,51 +11505,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51256956942c157b1" w:history="1">
+      <w:hyperlink r:id="rId580869b01756145d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12405,51 +12405,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56806956942c15c7c" w:history="1">
+      <w:hyperlink r:id="rId783169b0175614aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12877,51 +12877,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74706956942c15ee8" w:history="1">
+      <w:hyperlink r:id="rId329869b0175614d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13397,51 +13397,51 @@
         <w:t xml:space="preserve">Chatfield JA, Taylor NA, Draper EA, Nameth S &amp; Boggs JF (2002) Infectious disease problems of ornamental plants in Ohio: 2001. Special Circular - Ohio Agricultural Research and Development Center 186, 46-52;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42266956942c161d6" w:history="1">
+      <w:hyperlink r:id="rId791069b017561500e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14320,51 +14320,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Erwinia amylovora (Burr.) Winsl. et al. EFSA Journal 2014;12(12):3922, 37 pp. doi:10.2903/j.efsa.2014.3922 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88736956942c16684" w:history="1">
+      <w:hyperlink r:id="rId773569b01756154b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14480,137 +14480,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78684808">
+  <w:abstractNum w:abstractNumId="93675570">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95116091">
+    <w:lvl w:ilvl="0" w:tplc="93040781">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95116091" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93040781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78684807">
+  <w:abstractNum w:abstractNumId="93675569">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57301684">
+    <w:lvl w:ilvl="0" w:tplc="26682394">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15362,55 +15362,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78684807">
-    <w:abstractNumId w:val="78684807"/>
+  <w:num w:numId="93675569">
+    <w:abstractNumId w:val="93675569"/>
   </w:num>
-  <w:num w:numId="78684808">
-    <w:abstractNumId w:val="78684808"/>
+  <w:num w:numId="93675570">
+    <w:abstractNumId w:val="93675570"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -26955,51 +26955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308932807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId52066956942c11b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52256956942c1207c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId61486956942c1265a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId33546956942c12b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId65306956942c130fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId57996956942c13380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId57396956942c13657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId17236956942c13be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId28116956942c141a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId51906956942c144d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId64846956942c14770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId43596956942c14d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId19636956942c1527e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId51256956942c157b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId56806956942c15c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId74706956942c15ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId42266956942c161d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId88736956942c16684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121050673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434269b0175610bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId341069b01756110f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId566169b01756115f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId800969b0175611afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId812369b0175611fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId417369b0175612257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId615469b01756124e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId932069b0175612a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId808069b0175613011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId683169b017561333f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId844669b01756135c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId997269b0175613b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId375569b01756140b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId580869b01756145d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId783169b0175614aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId329869b0175614d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId791069b017561500e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/><Relationship Id="rId773569b01756154b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3922.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>