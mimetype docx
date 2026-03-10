--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -511,51 +511,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId72296936581a7889c" w:history="1">
+      <w:hyperlink r:id="rId772069b017520bebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -803,51 +803,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A literature and Google search for species of Allium being used as an ornamental plant, as opposed to a vegetable plant, did not locate any specific references. For Allium species used as vegetable crop, more information is available on the pathway. E.g. transmission of D. dipsaci from infested seed to young seedlings for transplanting is well established and planting nematode-free transplants and onion sets is recognized as an important control practice for this pest. Other potential sources of infection are nematode-infested soil, infested debris and infested weeds. Field control can be by rotation, soil solarization or resistant cultivars, however chemical treatments of soil are not economic for large areas (CABI, 2015).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">There is a large number of Allium species (and within the species, varieties) that are used as ornamental (e.g. search for 'Allium' on the following database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96216936581a78a5b" w:history="1">
+      <w:hyperlink r:id="rId426969b017520c06b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.internationalplantnames.com/HTML/English/index_zoek.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). The Dutch Flowerbulb Inspection Service BKD has included all ornamental Alliums in their inspection with the same standards as the other ornamental flower bulbs on which D. dipsaci is currently regulated. It is suggested to consider that all Allium species, with ornamental varieties, are host plants and are a significant pathway compare to other pathways when suitable control measures are carried out for the alternative inoculum sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1386,51 +1386,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81326936581a78d97" w:history="1">
+      <w:hyperlink r:id="rId664369b017520c3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1894,51 +1894,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53116936581a7905a" w:history="1">
+      <w:hyperlink r:id="rId646869b017520c65f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -2773,51 +2773,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60396936581a79522" w:history="1">
+      <w:hyperlink r:id="rId304269b017520cb16" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3721,51 +3721,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90606936581a79a1c" w:history="1">
+      <w:hyperlink r:id="rId604069b017520d028" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4660,51 +4660,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30956936581a79f27" w:history="1">
+      <w:hyperlink r:id="rId589669b017520d712" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5168,51 +5168,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94666936581a7a1e5" w:history="1">
+      <w:hyperlink r:id="rId972369b017520d9fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6070,51 +6070,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19886936581a7a6a3" w:history="1">
+      <w:hyperlink r:id="rId341069b017520df0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6909,51 +6909,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28716936581a7ab15" w:history="1">
+      <w:hyperlink r:id="rId115769b017520e471" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7757,51 +7757,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59826936581a7af83" w:history="1">
+      <w:hyperlink r:id="rId955369b017520e918" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8643,51 +8643,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99076936581a7b463" w:history="1">
+      <w:hyperlink r:id="rId316269b017520ede6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9151,51 +9151,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51546936581a7b70c" w:history="1">
+      <w:hyperlink r:id="rId747969b017520f09c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10090,51 +10090,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13646936581a7bbfa" w:history="1">
+      <w:hyperlink r:id="rId693269b017520f591" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10929,51 +10929,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48646936581a7c07f" w:history="1">
+      <w:hyperlink r:id="rId577069b017520fa24" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11483,51 +11483,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15406936581a7c368" w:history="1">
+      <w:hyperlink r:id="rId937969b017520fd0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12037,51 +12037,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95456936581a7c62d" w:history="1">
+      <w:hyperlink r:id="rId628069b017520ffd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12957,92 +12957,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34896936581a7caf1" w:history="1">
+      <w:hyperlink r:id="rId348769b017521049c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76186936581a7cb22" w:history="1">
+      <w:hyperlink r:id="rId821769b01752104d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -13849,92 +13849,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77376936581a7cf87" w:history="1">
+      <w:hyperlink r:id="rId382169b0175210957" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75406936581a7cfb7" w:history="1">
+      <w:hyperlink r:id="rId730669b01752109b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -14329,51 +14329,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19806936581a7d224" w:history="1">
+      <w:hyperlink r:id="rId722369b0175210c06" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15419,92 +15419,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96756936581a7d7de" w:history="1">
+      <w:hyperlink r:id="rId341169b01752111da" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60856936581a7d816" w:history="1">
+      <w:hyperlink r:id="rId108169b0175211210" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -16311,92 +16311,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19686936581a7dc73" w:history="1">
+      <w:hyperlink r:id="rId663169b0175211689" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12606936581a7dca3" w:history="1">
+      <w:hyperlink r:id="rId206069b01752116bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -16860,51 +16860,51 @@
         <w:t xml:space="preserve">Arjun Lal &amp; Rajan (2005) Nematodes intercepted in introduced germplasm of horticultural crops. Indian Journal of Plant Protection 33, 282-285;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11786936581a7df2d" w:history="1">
+      <w:hyperlink r:id="rId458569b0175211986" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16916,51 +16916,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor ISPM 27 ANNEX 8. Available at:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId94896936581a7df79" w:history="1">
+      <w:hyperlink r:id="rId452269b01752119cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17388,125 +17388,125 @@
         <w:t xml:space="preserve">ANSES (2013) Avis de l’Agence nationale de sécurité sanitaire de l’alimentation, de l’environnement et du travail relatif à « Demande de complément à l’analyse de risque phytosanitaire sur les nématodes des tiges et bulbes (Ditylenchus dipsaci) sur la luzerne (saisine n°2012-SA-0086). Élargissement aux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">autres végétaux réglementés. Full analysis available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57316936581a7e2be" w:history="1">
+      <w:hyperlink r:id="rId755569b0175211e31" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; Resume available at:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId71136936581a7e2e7" w:history="1">
+      <w:hyperlink r:id="rId892669b0175211e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; English translations available;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13536936581a7e317" w:history="1">
+      <w:hyperlink r:id="rId806169b0175211e91" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18336,92 +18336,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36656936581a7e77e" w:history="1">
+      <w:hyperlink r:id="rId576169b0175212343" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65076936581a7e7ad" w:history="1">
+      <w:hyperlink r:id="rId605269b0175212376" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -20237,92 +20237,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18856936581a7f13d" w:history="1">
+      <w:hyperlink r:id="rId671569b0175212da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72756936581a7f16e" w:history="1">
+      <w:hyperlink r:id="rId301969b0175212dd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -20740,125 +20740,125 @@
         <w:t xml:space="preserve">ANSES (2013) Avis de l’Agence nationale de sécurité sanitaire de l’alimentation, de l’environnement et du travail relatif à « Demande de complément à l’analyse de risque phytosanitaire sur les nématodes des tiges et bulbes (Ditylenchus dipsaci) sur la luzerne (saisine n°2012-SA-0086). Élargissement aux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">autres végétaux réglementés. Full analysis available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34336936581a7f3b0" w:history="1">
+      <w:hyperlink r:id="rId193169b0175213035" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; Resume available at:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId73086936581a7f3d4" w:history="1">
+      <w:hyperlink r:id="rId726169b017521305c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; English translations available;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63866936581a7f403" w:history="1">
+      <w:hyperlink r:id="rId305369b017521308c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21688,92 +21688,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19226936581a7f84c" w:history="1">
+      <w:hyperlink r:id="rId311169b0175213536" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37166936581a7f887" w:history="1">
+      <w:hyperlink r:id="rId134269b017521356a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -22442,51 +22442,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64566936581a7fc33" w:history="1">
+      <w:hyperlink r:id="rId263869b0175213952" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23339,92 +23339,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83716936581a800fe" w:history="1">
+      <w:hyperlink r:id="rId868469b0175213dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30776936581a8012f" w:history="1">
+      <w:hyperlink r:id="rId666369b0175213e2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -24301,92 +24301,92 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42246936581a80626" w:history="1">
+      <w:hyperlink r:id="rId825169b017521431b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) ISPM 27. Diagnostic protocols for regulated pests DP 8: Ditylenchus dipsaci and Ditylenchus destructor. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92586936581a80656" w:history="1">
+      <w:hyperlink r:id="rId401969b017521434d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -24637,51 +24637,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sternbergia lutea is a bulbous flowering plant in the family Amaryllidaceae, called winter daffodil, autumn daffodil or yellow autumn crocus. They are stated as being damaged by narcissus eelworm (D. dipsaci) (RHS, 2017). During the Project Sternbergia was stated to be a host plant of D. dipsaci (NL NPPO).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">D. dipsaci is currently regulated for many of its host plants but not for Sternbergia. The organism was found in lots of bulbs of Sternbergia, imported from Turkey, in 2004 (Phytosanitary report available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25866936581a807db" w:history="1">
+      <w:hyperlink r:id="rId304269b01752144da" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://edepot.wur.nl/212728</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). The organism does not only pose a threat to the cultivation of Sternbergia but also to other crops because the organism can survive for many years in soil.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -25195,51 +25195,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (Royal Horticultural Society) (2017) Sternbergia lutea winter daffodil. Website article. UK. Accessed 27/7/2017 at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38826936581a80abc" w:history="1">
+      <w:hyperlink r:id="rId542769b01752147cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/Plants/17789/i-Sternbergia-lutea-i/Details</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -25657,125 +25657,125 @@
         <w:t xml:space="preserve">ANSES (2013) Avis de l’Agence nationale de sécurité sanitaire de l’alimentation, de l’environnement et du travail relatif à « Demande de complément à l’analyse de risque phytosanitaire sur les nématodes des tiges et bulbes (Ditylenchus dipsaci) sur la luzerne (saisine n°2012-SA-0086). Élargissement aux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">autres végétaux réglementés. Full analysis available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98496936581a80e71" w:history="1">
+      <w:hyperlink r:id="rId352769b0175214a5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; Resume available at:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId83646936581a80e99" w:history="1">
+      <w:hyperlink r:id="rId170569b0175214a8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; English translations available;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015) Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42136936581a80ecc" w:history="1">
+      <w:hyperlink r:id="rId506769b0175214ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -26467,51 +26467,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76816936581a812db" w:history="1">
+      <w:hyperlink r:id="rId602469b0175214ecb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -27218,51 +27218,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15536936581a816bb" w:history="1">
+      <w:hyperlink r:id="rId824969b01752152d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -27401,137 +27401,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65403024">
+  <w:abstractNum w:abstractNumId="83344619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44713591">
+    <w:lvl w:ilvl="0" w:tplc="45345627">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44713591" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45345627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65403023">
+  <w:abstractNum w:abstractNumId="83344618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87822887">
+    <w:lvl w:ilvl="0" w:tplc="73517740">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -28283,55 +28283,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65403023">
-    <w:abstractNumId w:val="65403023"/>
+  <w:num w:numId="83344618">
+    <w:abstractNumId w:val="83344618"/>
   </w:num>
-  <w:num w:numId="65403024">
-    <w:abstractNumId w:val="65403024"/>
+  <w:num w:numId="83344619">
+    <w:abstractNumId w:val="83344619"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -39876,51 +39876,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId706205228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId72296936581a7889c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId96216936581a78a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId81326936581a78d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId53116936581a7905a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId60396936581a79522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId90606936581a79a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId30956936581a79f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId94666936581a7a1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId19886936581a7a6a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId28716936581a7ab15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId59826936581a7af83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId99076936581a7b463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId51546936581a7b70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId13646936581a7bbfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId48646936581a7c07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId15406936581a7c368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId95456936581a7c62d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId34896936581a7caf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId76186936581a7cb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId77376936581a7cf87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId75406936581a7cfb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId19806936581a7d224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId96756936581a7d7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId60856936581a7d816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId19686936581a7dc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId12606936581a7dca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId11786936581a7df2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId94896936581a7df79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId57316936581a7e2be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId71136936581a7e2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId13536936581a7e317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId36656936581a7e77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId65076936581a7e7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId18856936581a7f13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId72756936581a7f16e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId34336936581a7f3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId73086936581a7f3d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId63866936581a7f403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId19226936581a7f84c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId37166936581a7f887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId64566936581a7fc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId83716936581a800fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId30776936581a8012f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId42246936581a80626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId92586936581a80656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId25866936581a807db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edepot.wur.nl/212728" TargetMode="External"/><Relationship Id="rId38826936581a80abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/Plants/17789/i-Sternbergia-lutea-i/Details" TargetMode="External"/><Relationship Id="rId98496936581a80e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId83646936581a80e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId42136936581a80ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId76816936581a812db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId15536936581a816bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213628267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772069b017520bebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId426969b017520c06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId664369b017520c3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId646869b017520c65f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId304269b017520cb16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId604069b017520d028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId589669b017520d712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId972369b017520d9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId341069b017520df0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId115769b017520e471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId955369b017520e918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId316269b017520ede6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId747969b017520f09c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId693269b017520f591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId577069b017520fa24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId937969b017520fd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId628069b017520ffd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId348769b017521049c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId821769b01752104d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId382169b0175210957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId730669b01752109b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId722369b0175210c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId341169b01752111da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId108169b0175211210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId663169b0175211689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId206069b01752116bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId458569b0175211986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId452269b01752119cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId755569b0175211e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId892669b0175211e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId806169b0175211e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId576169b0175212343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId605269b0175212376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId671569b0175212da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId301969b0175212dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId193169b0175213035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId726169b017521305c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId305369b017521308c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId311169b0175213536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId134269b017521356a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId263869b0175213952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId868469b0175213dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId666369b0175213e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId825169b017521431b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId401969b017521434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/01/DP_08_2015_En__2015-12-22_Reformatted.pdf" TargetMode="External"/><Relationship Id="rId304269b01752144da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edepot.wur.nl/212728" TargetMode="External"/><Relationship Id="rId542769b01752147cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/Plants/17789/i-Sternbergia-lutea-i/Details" TargetMode="External"/><Relationship Id="rId352769b0175214a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2012sa0086Ra.pdf" TargetMode="External"/><Relationship Id="rId170569b0175214a8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2013sa0155Ra.pdf" TargetMode="External"/><Relationship Id="rId506769b0175214ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId602469b0175214ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/><Relationship Id="rId824969b01752152d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>