--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -457,51 +457,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId93146906404b79fa9" w:history="1">
+      <w:hyperlink r:id="rId470569549d99ce94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1168,51 +1168,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68566906404b7a357" w:history="1">
+      <w:hyperlink r:id="rId169169549d99ced05" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1255,51 +1255,51 @@
         <w:t xml:space="preserve">EU COM (2014) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture (USDA) (1987) Virus Diseases of Small Fruit. Ed. Converse, R.H., Agriculture Handbook, 631. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97836906404b7a3b9" w:history="1">
+      <w:hyperlink r:id="rId895369549d99ced65" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -1711,51 +1711,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68606906404b7a5e1" w:history="1">
+      <w:hyperlink r:id="rId712069549d99cef95" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2957,51 +2957,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 11, 3377. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64466906404b7ade7" w:history="1">
+      <w:hyperlink r:id="rId523569549d99cf7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3433,51 +3433,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77756906404b7b017" w:history="1">
+      <w:hyperlink r:id="rId337069549d99cf9fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4170,51 +4170,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14506906404b7b38a" w:history="1">
+      <w:hyperlink r:id="rId776969549d99cfd7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4619,51 +4619,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93206906404b7b5a2" w:history="1">
+      <w:hyperlink r:id="rId658569549d99cff8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4779,137 +4779,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96534316">
+  <w:abstractNum w:abstractNumId="50583323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59862284">
+    <w:lvl w:ilvl="0" w:tplc="18065584">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59862284" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18065584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96534315">
+  <w:abstractNum w:abstractNumId="50583322">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19711834">
+    <w:lvl w:ilvl="0" w:tplc="25325764">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5661,55 +5661,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96534315">
-    <w:abstractNumId w:val="96534315"/>
+  <w:num w:numId="50583322">
+    <w:abstractNumId w:val="50583322"/>
   </w:num>
-  <w:num w:numId="96534316">
-    <w:abstractNumId w:val="96534316"/>
+  <w:num w:numId="50583323">
+    <w:abstractNumId w:val="50583323"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -17254,51 +17254,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId452078028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId93146906404b79fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId68566906404b7a357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId97836906404b7a3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub" TargetMode="External"/><Relationship Id="rId68606906404b7a5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId64466906404b7ade7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId77756906404b7b017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId14506906404b7b38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId93206906404b7b5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804708011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470569549d99ce94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId169169549d99ced05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId895369549d99ced65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub" TargetMode="External"/><Relationship Id="rId712069549d99cef95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId523569549d99cf7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId337069549d99cf9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId776969549d99cfd7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId658569549d99cff8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>