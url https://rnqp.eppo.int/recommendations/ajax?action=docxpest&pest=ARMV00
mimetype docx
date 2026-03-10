--- v1 (2025-12-31)
+++ v2 (2026-03-10)
@@ -457,51 +457,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId470569549d99ce94f" w:history="1">
+      <w:hyperlink r:id="rId455469b01bff9f54b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1168,51 +1168,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169169549d99ced05" w:history="1">
+      <w:hyperlink r:id="rId508069b01bff9f955" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1255,51 +1255,51 @@
         <w:t xml:space="preserve">EU COM (2014) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture (USDA) (1987) Virus Diseases of Small Fruit. Ed. Converse, R.H., Agriculture Handbook, 631. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895369549d99ced65" w:history="1">
+      <w:hyperlink r:id="rId680169b01bff9f9ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -1711,51 +1711,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712069549d99cef95" w:history="1">
+      <w:hyperlink r:id="rId750069b01bff9fc34" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2957,51 +2957,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 11, 3377. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523569549d99cf7c5" w:history="1">
+      <w:hyperlink r:id="rId216169b01bffa02fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3433,51 +3433,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337069549d99cf9fc" w:history="1">
+      <w:hyperlink r:id="rId231569b01bffa0573" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4170,51 +4170,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776969549d99cfd7d" w:history="1">
+      <w:hyperlink r:id="rId162669b01bffa0965" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4619,51 +4619,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2013) Scientific opinion on the risk to plant health posed by Arabis mosaic virus, Raspberry ringspot virus, Strawberry latent ringspot virus and Tomato black ring virus to the EU territory with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(10):3377, 83 pp. doi:10.2903/j.efsa.2013.3377". </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658569549d99cff8d" w:history="1">
+      <w:hyperlink r:id="rId503569b01bffa0b9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4779,137 +4779,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50583323">
+  <w:abstractNum w:abstractNumId="45562238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18065584">
+    <w:lvl w:ilvl="0" w:tplc="84184970">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18065584" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84184970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50583322">
+  <w:abstractNum w:abstractNumId="45562237">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25325764">
+    <w:lvl w:ilvl="0" w:tplc="76837697">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5661,55 +5661,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50583322">
-    <w:abstractNumId w:val="50583322"/>
+  <w:num w:numId="45562237">
+    <w:abstractNumId w:val="45562237"/>
   </w:num>
-  <w:num w:numId="50583323">
-    <w:abstractNumId w:val="50583323"/>
+  <w:num w:numId="45562238">
+    <w:abstractNumId w:val="45562238"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -17254,51 +17254,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804708011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470569549d99ce94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId169169549d99ced05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId895369549d99ced65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub" TargetMode="External"/><Relationship Id="rId712069549d99cef95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId523569549d99cf7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId337069549d99cf9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId776969549d99cfd7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId658569549d99cff8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId865006848" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId455469b01bff9f54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId508069b01bff9f955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId680169b01bff9f9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.unl.edu/cgi/viewcontent.cgi?article=1394&amp;context=bioscifacpub" TargetMode="External"/><Relationship Id="rId750069b01bff9fc34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId216169b01bffa02fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId231569b01bffa0573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId162669b01bffa0965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/><Relationship Id="rId503569b01bffa0b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3377.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>