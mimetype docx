--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -1529,51 +1529,51 @@
         <w:t xml:space="preserve">Bletsos F, Thanassoulopoulos C (2002) The effect of Verticillium and Fusarium wilts on the growth of four melon (Cucumis melo L.) cultivars. Phytopathologia Mediterranea 41, 279–284;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Çürük S, Dasgan Y H, Mansuroglu S, Kurt S, Mazmanoglu M, Antaklı O &amp; Tarla G (2009) Grafted eggplant yield, quality and growth in infested soil with Verticillium dahliae and Meloidogyne incognita. Pesquisa agropecuaria brasileira 12, 1673-1681. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5359690f31e9f3df1" w:history="1">
+      <w:hyperlink r:id="rId88236960bdfe7e1a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1590/S0100-204X2009001200017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1593,51 +1593,51 @@
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific opinion on the pest categorisation of Verticillium dahliae Kleb. 12, 3928;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Global Database (2017) Data Sheets on Quarantine Pests Verticillium spp. on hops . Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9209690f31e9f3e44" w:history="1">
+      <w:hyperlink r:id="rId59306960bdfe7e1fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTAH/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed June, 23rd 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2193,51 +2193,51 @@
         <w:t xml:space="preserve">Correll JC (1988) Vegetative Compatibility and Pathogenicity of Verticillium albo-atrum. Phytopathology 78, 1017-1021;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (European and Mediterranean Plant Protection Organization) (2017) EPPO Global database. Data Sheets on Quarantine Pests Verticillium spp. on hops . Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7255690f31e9f4136" w:history="1">
+      <w:hyperlink r:id="rId47536960bdfe7e503" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTAH/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2926,92 +2926,92 @@
         <w:t xml:space="preserve">Inderbitzin P &amp; Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104, 564–574;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rampersad SN (2008) First Report of Verticillium dahliae Causing Wilt in Pumpkin in Trinidad. Plant disease 92, 1136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7100690f31ea00275" w:history="1">
+      <w:hyperlink r:id="rId24346960bdfe7e879" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-7-1136A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Stravato VM, Carannante G, Moretti C &amp; Cappelli C (2009) First Report of Verticillium dahliae on Squash (Cucurbita pepo) in Italy. Plant disease 93, 765. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3632690f31ea002a5" w:history="1">
+      <w:hyperlink r:id="rId44476960bdfe7e8b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-7-0765A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -3470,51 +3470,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2008) Datasheet Gerbera jamesonii (African daisy). CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5888690f31ea0051a" w:history="1">
+      <w:hyperlink r:id="rId71396960bdfe7eb3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/25005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4164,51 +4164,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California (1981) Plants resistnt or susceptible to Verticillium wilt. Division of Agricultural Sciences. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8990690f31ea00881" w:history="1">
+      <w:hyperlink r:id="rId17506960bdfe7eebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -4667,51 +4667,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International), online, 2008. Datasheet Pelargonium (pelargoniums). CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6892690f31ea00bb5" w:history="1">
+      <w:hyperlink r:id="rId50206960bdfe7f134" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/39448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5415,51 +5415,51 @@
         <w:t xml:space="preserve">Colella C, Amenduni M &amp; Cirulli M (2004) Verticillium diseases in stone fruits. Informatore Fitopatologico 54, 14-26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Verticillium dahliae Kleb. EFSA Journal 2014;12(12):3928, 54 pp. doi:10.2903/j.efsa.2014.3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5240690f31ea00f40" w:history="1">
+      <w:hyperlink r:id="rId31256960bdfe7f4d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -6117,51 +6117,51 @@
         <w:t xml:space="preserve">Pulford WM, Pyke NB &amp; Morgan CGT (1992) Incidence of disease-related tree death on three Japanese pear varieties. Orchardist of New Zealand 65, 23-24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California (1981) Plants resistnt or susceptible to Verticillium wilt. Division of Agricultural Sciences. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3683690f31ea012af" w:history="1">
+      <w:hyperlink r:id="rId87146960bdfe7f830" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -6602,133 +6602,133 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Bartolome Esteban H &amp; Palm ME (1996) Fungi on Rhododendron: A World Reference. Parkway Publishers. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7942690f31ea01548" w:history="1">
+      <w:hyperlink r:id="rId44156960bdfe7fa73" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Global database. Available on line (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3479690f31ea01577" w:history="1">
+      <w:hyperlink r:id="rId48096960bdfe7fa9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHERH/pests</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">McCain AH, Raabe RD, Wilhelm S (1981) Plants resistant or susceptible to verticillium wilt. University of California. Agriculture and Natural Resources. 6701 San Pablo Avenue. Oakland, California 94608-1239. 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6803690f31ea015a5" w:history="1">
+      <w:hyperlink r:id="rId54716960bdfe7facc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -8127,51 +8127,51 @@
         <w:t xml:space="preserve">EPPO (2004b) PP 2/30(1) Good plant protection practice - Outdoor solanaceous crops. Bulletin OEPP/EPPO Bulletin 34, 79–90;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Global Database. Available on-line </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7625690f31ea01d22" w:history="1">
+      <w:hyperlink r:id="rId21126960bdfe8020d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed June, 24th 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8864,137 +8864,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30051069">
+  <w:abstractNum w:abstractNumId="16968740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51039993">
+    <w:lvl w:ilvl="0" w:tplc="15011566">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51039993" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15011566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30051068">
+  <w:abstractNum w:abstractNumId="16968739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53595867">
+    <w:lvl w:ilvl="0" w:tplc="31507561">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9746,55 +9746,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30051068">
-    <w:abstractNumId w:val="30051068"/>
+  <w:num w:numId="16968739">
+    <w:abstractNumId w:val="16968739"/>
   </w:num>
-  <w:num w:numId="30051069">
-    <w:abstractNumId w:val="30051069"/>
+  <w:num w:numId="16968740">
+    <w:abstractNumId w:val="16968740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -21339,51 +21339,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910972237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5359690f31e9f3df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S0100-204X2009001200017" TargetMode="External"/><Relationship Id="rId9209690f31e9f3e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId7255690f31e9f4136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId7100690f31ea00275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-7-1136A" TargetMode="External"/><Relationship Id="rId3632690f31ea002a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-7-0765A" TargetMode="External"/><Relationship Id="rId5888690f31ea0051a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/25005" TargetMode="External"/><Relationship Id="rId8990690f31ea00881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId6892690f31ea00bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/39448" TargetMode="External"/><Relationship Id="rId5240690f31ea00f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf" TargetMode="External"/><Relationship Id="rId3683690f31ea012af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId7942690f31ea01548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s" TargetMode="External"/><Relationship Id="rId3479690f31ea01577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHERH/pests" TargetMode="External"/><Relationship Id="rId6803690f31ea015a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId7625690f31ea01d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542445998" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId88236960bdfe7e1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S0100-204X2009001200017" TargetMode="External"/><Relationship Id="rId59306960bdfe7e1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId47536960bdfe7e503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId24346960bdfe7e879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-7-1136A" TargetMode="External"/><Relationship Id="rId44476960bdfe7e8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-7-0765A" TargetMode="External"/><Relationship Id="rId71396960bdfe7eb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/25005" TargetMode="External"/><Relationship Id="rId17506960bdfe7eebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId50206960bdfe7f134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/39448" TargetMode="External"/><Relationship Id="rId31256960bdfe7f4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf" TargetMode="External"/><Relationship Id="rId87146960bdfe7f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId44156960bdfe7fa73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s" TargetMode="External"/><Relationship Id="rId48096960bdfe7fa9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHERH/pests" TargetMode="External"/><Relationship Id="rId54716960bdfe7facc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId21126960bdfe8020d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>