--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -1529,51 +1529,51 @@
         <w:t xml:space="preserve">Bletsos F, Thanassoulopoulos C (2002) The effect of Verticillium and Fusarium wilts on the growth of four melon (Cucumis melo L.) cultivars. Phytopathologia Mediterranea 41, 279–284;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Çürük S, Dasgan Y H, Mansuroglu S, Kurt S, Mazmanoglu M, Antaklı O &amp; Tarla G (2009) Grafted eggplant yield, quality and growth in infested soil with Verticillium dahliae and Meloidogyne incognita. Pesquisa agropecuaria brasileira 12, 1673-1681. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88236960bdfe7e1a5" w:history="1">
+      <w:hyperlink r:id="rId628069b01a0ae3b3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1590/S0100-204X2009001200017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1593,51 +1593,51 @@
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific opinion on the pest categorisation of Verticillium dahliae Kleb. 12, 3928;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Global Database (2017) Data Sheets on Quarantine Pests Verticillium spp. on hops . Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59306960bdfe7e1fb" w:history="1">
+      <w:hyperlink r:id="rId163469b01a0ae3b93" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTAH/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed June, 23rd 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2193,51 +2193,51 @@
         <w:t xml:space="preserve">Correll JC (1988) Vegetative Compatibility and Pathogenicity of Verticillium albo-atrum. Phytopathology 78, 1017-1021;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (European and Mediterranean Plant Protection Organization) (2017) EPPO Global database. Data Sheets on Quarantine Pests Verticillium spp. on hops . Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47536960bdfe7e503" w:history="1">
+      <w:hyperlink r:id="rId703069b01a0ae3e9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTAH/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2926,92 +2926,92 @@
         <w:t xml:space="preserve">Inderbitzin P &amp; Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104, 564–574;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rampersad SN (2008) First Report of Verticillium dahliae Causing Wilt in Pumpkin in Trinidad. Plant disease 92, 1136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24346960bdfe7e879" w:history="1">
+      <w:hyperlink r:id="rId565869b01a0ae4249" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-7-1136A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Stravato VM, Carannante G, Moretti C &amp; Cappelli C (2009) First Report of Verticillium dahliae on Squash (Cucurbita pepo) in Italy. Plant disease 93, 765. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44476960bdfe7e8b2" w:history="1">
+      <w:hyperlink r:id="rId696769b01a0ae427b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-7-0765A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -3470,51 +3470,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2008) Datasheet Gerbera jamesonii (African daisy). CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71396960bdfe7eb3b" w:history="1">
+      <w:hyperlink r:id="rId510069b01a0ae4520" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/25005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4164,51 +4164,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California (1981) Plants resistnt or susceptible to Verticillium wilt. Division of Agricultural Sciences. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17506960bdfe7eebb" w:history="1">
+      <w:hyperlink r:id="rId305469b01a0ae48e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -4667,51 +4667,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International), online, 2008. Datasheet Pelargonium (pelargoniums). CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50206960bdfe7f134" w:history="1">
+      <w:hyperlink r:id="rId972269b01a0ae4b81" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/39448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5415,51 +5415,51 @@
         <w:t xml:space="preserve">Colella C, Amenduni M &amp; Cirulli M (2004) Verticillium diseases in stone fruits. Informatore Fitopatologico 54, 14-26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (PLH) (2014) Scientific Opinion on the pest categorisation of Verticillium dahliae Kleb. EFSA Journal 2014;12(12):3928, 54 pp. doi:10.2903/j.efsa.2014.3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31256960bdfe7f4d6" w:history="1">
+      <w:hyperlink r:id="rId580869b01a0ae4f62" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -6117,51 +6117,51 @@
         <w:t xml:space="preserve">Pulford WM, Pyke NB &amp; Morgan CGT (1992) Incidence of disease-related tree death on three Japanese pear varieties. Orchardist of New Zealand 65, 23-24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California (1981) Plants resistnt or susceptible to Verticillium wilt. Division of Agricultural Sciences. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87146960bdfe7f830" w:history="1">
+      <w:hyperlink r:id="rId131869b01a0ae52fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -6602,133 +6602,133 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Bartolome Esteban H &amp; Palm ME (1996) Fungi on Rhododendron: A World Reference. Parkway Publishers. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44156960bdfe7fa73" w:history="1">
+      <w:hyperlink r:id="rId380269b01a0ae555d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Global database. Available on line (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId48096960bdfe7fa9f" w:history="1">
+      <w:hyperlink r:id="rId823469b01a0ae558c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RHERH/pests</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">McCain AH, Raabe RD, Wilhelm S (1981) Plants resistant or susceptible to verticillium wilt. University of California. Agriculture and Natural Resources. 6701 San Pablo Avenue. Oakland, California 94608-1239. 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54716960bdfe7facc" w:history="1">
+      <w:hyperlink r:id="rId747169b01a0ae55bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
@@ -8127,51 +8127,51 @@
         <w:t xml:space="preserve">EPPO (2004b) PP 2/30(1) Good plant protection practice - Outdoor solanaceous crops. Bulletin OEPP/EPPO Bulletin 34, 79–90;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Global Database. Available on-line </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21126960bdfe8020d" w:history="1">
+      <w:hyperlink r:id="rId605869b01a0ae5ce3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed June, 24th 2017;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8864,137 +8864,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16968740">
+  <w:abstractNum w:abstractNumId="92575055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15011566">
+    <w:lvl w:ilvl="0" w:tplc="43119440">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15011566" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43119440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16968739">
+  <w:abstractNum w:abstractNumId="92575054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31507561">
+    <w:lvl w:ilvl="0" w:tplc="46318273">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9746,55 +9746,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16968739">
-    <w:abstractNumId w:val="16968739"/>
+  <w:num w:numId="92575054">
+    <w:abstractNumId w:val="92575054"/>
   </w:num>
-  <w:num w:numId="16968740">
-    <w:abstractNumId w:val="16968740"/>
+  <w:num w:numId="92575055">
+    <w:abstractNumId w:val="92575055"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -21339,51 +21339,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542445998" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId88236960bdfe7e1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S0100-204X2009001200017" TargetMode="External"/><Relationship Id="rId59306960bdfe7e1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId47536960bdfe7e503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId24346960bdfe7e879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-7-1136A" TargetMode="External"/><Relationship Id="rId44476960bdfe7e8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-7-0765A" TargetMode="External"/><Relationship Id="rId71396960bdfe7eb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/25005" TargetMode="External"/><Relationship Id="rId17506960bdfe7eebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId50206960bdfe7f134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/39448" TargetMode="External"/><Relationship Id="rId31256960bdfe7f4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf" TargetMode="External"/><Relationship Id="rId87146960bdfe7f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId44156960bdfe7fa73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s" TargetMode="External"/><Relationship Id="rId48096960bdfe7fa9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHERH/pests" TargetMode="External"/><Relationship Id="rId54716960bdfe7facc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId21126960bdfe8020d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId337480656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628069b01a0ae3b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S0100-204X2009001200017" TargetMode="External"/><Relationship Id="rId163469b01a0ae3b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId703069b01a0ae3e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/documents" TargetMode="External"/><Relationship Id="rId565869b01a0ae4249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-7-1136A" TargetMode="External"/><Relationship Id="rId696769b01a0ae427b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-7-0765A" TargetMode="External"/><Relationship Id="rId510069b01a0ae4520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/25005" TargetMode="External"/><Relationship Id="rId305469b01a0ae48e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId972269b01a0ae4b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/39448" TargetMode="External"/><Relationship Id="rId580869b01a0ae4f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/en/efsajournal/doc/3928.pdf" TargetMode="External"/><Relationship Id="rId131869b01a0ae52fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId380269b01a0ae555d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.it/books?id=nV2y_pr9ypwC&amp;dq=rheum+verticillium&amp;hl=it&amp;source=gbs_navlinks_s" TargetMode="External"/><Relationship Id="rId823469b01a0ae558c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RHERH/pests" TargetMode="External"/><Relationship Id="rId747169b01a0ae55bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depts.washington.edu/hortlib/resources/ucdavis_verticillium.pdf" TargetMode="External"/><Relationship Id="rId605869b01a0ae5ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>