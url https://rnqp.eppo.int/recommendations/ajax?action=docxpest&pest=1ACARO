--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -958,51 +958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6580690b2708a6cae" w:history="1">
+      <w:hyperlink r:id="rId7295695d79a4b46f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1558,51 +1558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1197690b2708a6ff1" w:history="1">
+      <w:hyperlink r:id="rId7575695d79a4b4a1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2158,51 +2158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8225690b2708a72f3" w:history="1">
+      <w:hyperlink r:id="rId1649695d79a4b4d73" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2758,51 +2758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5980690b2708a762e" w:history="1">
+      <w:hyperlink r:id="rId7248695d79a4b50a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3358,51 +3358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3237690b2708a7983" w:history="1">
+      <w:hyperlink r:id="rId7785695d79a4b53d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3958,51 +3958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4374690b2708a7d6e" w:history="1">
+      <w:hyperlink r:id="rId5789695d79a4b56fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4558,51 +4558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8158690b2708a80c3" w:history="1">
+      <w:hyperlink r:id="rId7523695d79a4b5a22" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5158,51 +5158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4567690b2708a8431" w:history="1">
+      <w:hyperlink r:id="rId1652695d79a4b5d61" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5758,51 +5758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2079690b2708a870e" w:history="1">
+      <w:hyperlink r:id="rId5446695d79a4b606f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6358,51 +6358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2590690b2708a89e2" w:history="1">
+      <w:hyperlink r:id="rId1553695d79a4b63a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6958,51 +6958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7279690b2708a8ca6" w:history="1">
+      <w:hyperlink r:id="rId1103695d79a4b66c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7558,51 +7558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4150690b2708a8f7d" w:history="1">
+      <w:hyperlink r:id="rId9545695d79a4b6a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8158,51 +8158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5495690b2708a9254" w:history="1">
+      <w:hyperlink r:id="rId2392695d79a4b6d2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8758,51 +8758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5549690b2708a9519" w:history="1">
+      <w:hyperlink r:id="rId5853695d79a4b703b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9358,51 +9358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5575690b2708a97da" w:history="1">
+      <w:hyperlink r:id="rId7874695d79a4b735a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9958,51 +9958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3684690b2708a9a94" w:history="1">
+      <w:hyperlink r:id="rId8689695d79a4b766a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10558,51 +10558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7231690b2708a9d5d" w:history="1">
+      <w:hyperlink r:id="rId7527695d79a4b79ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11158,51 +11158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6203690b2708aa031" w:history="1">
+      <w:hyperlink r:id="rId1279695d79a4b7ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11758,51 +11758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1273690b2708aa2e5" w:history="1">
+      <w:hyperlink r:id="rId2924695d79a4b7fef" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12358,51 +12358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5054690b2708aa5b0" w:history="1">
+      <w:hyperlink r:id="rId4636695d79a4b830c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12958,51 +12958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8478690b2708aa888" w:history="1">
+      <w:hyperlink r:id="rId6385695d79a4b8624" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13558,51 +13558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5328690b2708aabe7" w:history="1">
+      <w:hyperlink r:id="rId4960695d79a4b8a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14158,51 +14158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9696690b2708aaead" w:history="1">
+      <w:hyperlink r:id="rId8330695d79a4b8d8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14758,51 +14758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2039690b2708ab16b" w:history="1">
+      <w:hyperlink r:id="rId6034695d79a4b90bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15358,51 +15358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7368690b2708ab466" w:history="1">
+      <w:hyperlink r:id="rId7262695d79a4b93d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15958,51 +15958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4893690b2708ab734" w:history="1">
+      <w:hyperlink r:id="rId1120695d79a4b96e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16558,51 +16558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3553690b2708ab9f3" w:history="1">
+      <w:hyperlink r:id="rId2929695d79a4b9a29" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17158,51 +17158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8476690b2708abcba" w:history="1">
+      <w:hyperlink r:id="rId2395695d79a4ba000" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17758,51 +17758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7768690b2708abfa6" w:history="1">
+      <w:hyperlink r:id="rId4093695d79a4ba516" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18358,51 +18358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6772690b2708ac275" w:history="1">
+      <w:hyperlink r:id="rId9830695d79a4ba8d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18958,51 +18958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3134690b2708ac53b" w:history="1">
+      <w:hyperlink r:id="rId2221695d79a4bacb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19558,51 +19558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4635690b2708ac93e" w:history="1">
+      <w:hyperlink r:id="rId8555695d79a4baff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20158,51 +20158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1557690b2708acc13" w:history="1">
+      <w:hyperlink r:id="rId3090695d79a4bb58d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20758,51 +20758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5773690b2708acf19" w:history="1">
+      <w:hyperlink r:id="rId7084695d79a4bb9df" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21358,51 +21358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6593690b2708ad1d6" w:history="1">
+      <w:hyperlink r:id="rId3171695d79a4bbdd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21958,51 +21958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4725690b2708ad48a" w:history="1">
+      <w:hyperlink r:id="rId6954695d79a4bc0de" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22164,137 +22164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72026785">
+  <w:abstractNum w:abstractNumId="60219876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81497723">
+    <w:lvl w:ilvl="0" w:tplc="48540817">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81497723" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48540817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72026784">
+  <w:abstractNum w:abstractNumId="60219875">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43639012">
+    <w:lvl w:ilvl="0" w:tplc="41674983">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -23046,55 +23046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72026784">
-    <w:abstractNumId w:val="72026784"/>
+  <w:num w:numId="60219875">
+    <w:abstractNumId w:val="60219875"/>
   </w:num>
-  <w:num w:numId="72026785">
-    <w:abstractNumId w:val="72026785"/>
+  <w:num w:numId="60219876">
+    <w:abstractNumId w:val="60219876"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -34639,51 +34639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822657636" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId6580690b2708a6cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1197690b2708a6ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8225690b2708a72f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5980690b2708a762e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3237690b2708a7983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4374690b2708a7d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8158690b2708a80c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4567690b2708a8431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2079690b2708a870e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2590690b2708a89e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7279690b2708a8ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4150690b2708a8f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5495690b2708a9254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5549690b2708a9519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5575690b2708a97da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3684690b2708a9a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7231690b2708a9d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6203690b2708aa031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1273690b2708aa2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5054690b2708aa5b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8478690b2708aa888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5328690b2708aabe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId9696690b2708aaead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2039690b2708ab16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7368690b2708ab466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4893690b2708ab734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3553690b2708ab9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8476690b2708abcba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7768690b2708abfa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6772690b2708ac275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3134690b2708ac53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4635690b2708ac93e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1557690b2708acc13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5773690b2708acf19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6593690b2708ad1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4725690b2708ad48a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466324524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId7295695d79a4b46f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7575695d79a4b4a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1649695d79a4b4d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7248695d79a4b50a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7785695d79a4b53d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5789695d79a4b56fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7523695d79a4b5a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1652695d79a4b5d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5446695d79a4b606f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1553695d79a4b63a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1103695d79a4b66c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId9545695d79a4b6a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2392695d79a4b6d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5853695d79a4b703b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7874695d79a4b735a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8689695d79a4b766a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7527695d79a4b79ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1279695d79a4b7ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2924695d79a4b7fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4636695d79a4b830c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6385695d79a4b8624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4960695d79a4b8a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8330695d79a4b8d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6034695d79a4b90bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7262695d79a4b93d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1120695d79a4b96e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2929695d79a4b9a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2395695d79a4ba000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4093695d79a4ba516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId9830695d79a4ba8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2221695d79a4bacb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8555695d79a4baff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3090695d79a4bb58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7084695d79a4bb9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3171695d79a4bbdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6954695d79a4bc0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>