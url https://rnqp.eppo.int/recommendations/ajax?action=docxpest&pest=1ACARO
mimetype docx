--- v1 (2026-01-06)
+++ v2 (2026-03-10)
@@ -958,51 +958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7295695d79a4b46f1" w:history="1">
+      <w:hyperlink r:id="rId902669b01a5dda7fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1558,51 +1558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7575695d79a4b4a1f" w:history="1">
+      <w:hyperlink r:id="rId382769b01a5ddaaf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2158,51 +2158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1649695d79a4b4d73" w:history="1">
+      <w:hyperlink r:id="rId345569b01a5ddaddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2758,51 +2758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7248695d79a4b50a6" w:history="1">
+      <w:hyperlink r:id="rId722569b01a5ddb0b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3358,51 +3358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7785695d79a4b53d4" w:history="1">
+      <w:hyperlink r:id="rId830369b01a5ddb39b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3958,51 +3958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5789695d79a4b56fa" w:history="1">
+      <w:hyperlink r:id="rId595169b01a5ddb679" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4558,51 +4558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7523695d79a4b5a22" w:history="1">
+      <w:hyperlink r:id="rId723569b01a5ddb95a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5158,51 +5158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1652695d79a4b5d61" w:history="1">
+      <w:hyperlink r:id="rId773769b01a5ddbd9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5758,51 +5758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5446695d79a4b606f" w:history="1">
+      <w:hyperlink r:id="rId668569b01a5ddc0b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6358,51 +6358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1553695d79a4b63a7" w:history="1">
+      <w:hyperlink r:id="rId532969b01a5ddc377" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6958,51 +6958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1103695d79a4b66c2" w:history="1">
+      <w:hyperlink r:id="rId297869b01a5ddc63a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7558,51 +7558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9545695d79a4b6a0a" w:history="1">
+      <w:hyperlink r:id="rId452769b01a5ddc913" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8158,51 +8158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2392695d79a4b6d2a" w:history="1">
+      <w:hyperlink r:id="rId579969b01a5ddcc1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8758,51 +8758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5853695d79a4b703b" w:history="1">
+      <w:hyperlink r:id="rId111569b01a5ddcef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9358,51 +9358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7874695d79a4b735a" w:history="1">
+      <w:hyperlink r:id="rId824769b01a5ddd1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9958,51 +9958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8689695d79a4b766a" w:history="1">
+      <w:hyperlink r:id="rId942969b01a5ddd492" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10558,51 +10558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7527695d79a4b79ce" w:history="1">
+      <w:hyperlink r:id="rId827169b01a5ddd76a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11158,51 +11158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1279695d79a4b7ce6" w:history="1">
+      <w:hyperlink r:id="rId736369b01a5ddda37" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11758,51 +11758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2924695d79a4b7fef" w:history="1">
+      <w:hyperlink r:id="rId624769b01a5dddd18" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12358,51 +12358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4636695d79a4b830c" w:history="1">
+      <w:hyperlink r:id="rId294569b01a5dddfe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12958,51 +12958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6385695d79a4b8624" w:history="1">
+      <w:hyperlink r:id="rId634869b01a5dde2bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13558,51 +13558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4960695d79a4b8a75" w:history="1">
+      <w:hyperlink r:id="rId334269b01a5dde66e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14158,51 +14158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8330695d79a4b8d8a" w:history="1">
+      <w:hyperlink r:id="rId211869b01a5dde94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14758,51 +14758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6034695d79a4b90bb" w:history="1">
+      <w:hyperlink r:id="rId863969b01a5ddec2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15358,51 +15358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262695d79a4b93d8" w:history="1">
+      <w:hyperlink r:id="rId105569b01a5ddeefe" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15958,51 +15958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1120695d79a4b96e2" w:history="1">
+      <w:hyperlink r:id="rId919369b01a5ddf1ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16558,51 +16558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2929695d79a4b9a29" w:history="1">
+      <w:hyperlink r:id="rId664969b01a5ddf47a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17158,51 +17158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2395695d79a4ba000" w:history="1">
+      <w:hyperlink r:id="rId382269b01a5ddf744" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17758,51 +17758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4093695d79a4ba516" w:history="1">
+      <w:hyperlink r:id="rId591569b01a5ddfa29" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18358,51 +18358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9830695d79a4ba8d3" w:history="1">
+      <w:hyperlink r:id="rId935069b01a5ddfcfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18958,51 +18958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2221695d79a4bacb6" w:history="1">
+      <w:hyperlink r:id="rId175869b01a5ddffc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19558,51 +19558,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8555695d79a4baff8" w:history="1">
+      <w:hyperlink r:id="rId165169b01a5de02ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20158,51 +20158,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3090695d79a4bb58d" w:history="1">
+      <w:hyperlink r:id="rId138169b01a5de057d" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20758,51 +20758,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7084695d79a4bb9df" w:history="1">
+      <w:hyperlink r:id="rId724269b01a5de0845" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21358,51 +21358,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3171695d79a4bbdd0" w:history="1">
+      <w:hyperlink r:id="rId622169b01a5de0b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21958,51 +21958,51 @@
         <w:t xml:space="preserve">Lukas J, Stejskal V, Jarosik V, Hubert J &amp; Zdarkova E (2007) Differential natural performance of four Cheyletus predatory mite species in Czech grain stores. Journal of Stored Product Research 43, 97–102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantwise Technical Factsheet (2016) on Flour mite (Acarus siro). Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6954695d79a4bc0de" w:history="1">
+      <w:hyperlink r:id="rId246669b01a5de0e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22164,137 +22164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60219876">
+  <w:abstractNum w:abstractNumId="48324053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48540817">
+    <w:lvl w:ilvl="0" w:tplc="24982671">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48540817" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24982671" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60219875">
+  <w:abstractNum w:abstractNumId="48324052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41674983">
+    <w:lvl w:ilvl="0" w:tplc="60596062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -23046,55 +23046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60219875">
-    <w:abstractNumId w:val="60219875"/>
+  <w:num w:numId="48324052">
+    <w:abstractNumId w:val="48324052"/>
   </w:num>
-  <w:num w:numId="60219876">
-    <w:abstractNumId w:val="60219876"/>
+  <w:num w:numId="48324053">
+    <w:abstractNumId w:val="48324053"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -34639,51 +34639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466324524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId7295695d79a4b46f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7575695d79a4b4a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1649695d79a4b4d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7248695d79a4b50a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7785695d79a4b53d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5789695d79a4b56fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7523695d79a4b5a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1652695d79a4b5d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5446695d79a4b606f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1553695d79a4b63a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1103695d79a4b66c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId9545695d79a4b6a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2392695d79a4b6d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId5853695d79a4b703b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7874695d79a4b735a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8689695d79a4b766a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7527695d79a4b79ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1279695d79a4b7ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2924695d79a4b7fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4636695d79a4b830c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6385695d79a4b8624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4960695d79a4b8a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8330695d79a4b8d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6034695d79a4b90bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7262695d79a4b93d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId1120695d79a4b96e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2929695d79a4b9a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2395695d79a4ba000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId4093695d79a4ba516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId9830695d79a4ba8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId2221695d79a4bacb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId8555695d79a4baff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3090695d79a4bb58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId7084695d79a4bb9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId3171695d79a4bbdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId6954695d79a4bc0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688817726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902669b01a5dda7fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId382769b01a5ddaaf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId345569b01a5ddaddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId722569b01a5ddb0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId830369b01a5ddb39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId595169b01a5ddb679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId723569b01a5ddb95a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId773769b01a5ddbd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId668569b01a5ddc0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId532969b01a5ddc377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId297869b01a5ddc63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId452769b01a5ddc913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId579969b01a5ddcc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId111569b01a5ddcef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId824769b01a5ddd1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId942969b01a5ddd492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId827169b01a5ddd76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId736369b01a5ddda37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId624769b01a5dddd18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId294569b01a5dddfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId634869b01a5dde2bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId334269b01a5dde66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId211869b01a5dde94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId863969b01a5ddec2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId105569b01a5ddeefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId919369b01a5ddf1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId664969b01a5ddf47a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId382269b01a5ddf744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId591569b01a5ddfa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId935069b01a5ddfcfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId175869b01a5ddffc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId165169b01a5de02ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId138169b01a5de057d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId724269b01a5de0845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId622169b01a5de0b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/><Relationship Id="rId246669b01a5de0e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantwise.org/KnowledgeBank/Datasheet.aspx?dsid=2522" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>