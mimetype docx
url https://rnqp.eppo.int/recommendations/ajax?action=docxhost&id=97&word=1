--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -457,78 +457,78 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2662690b04161df11" w:history="1">
+      <w:hyperlink r:id="rId9567695df84ee2730" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This pest is considered to be already a quarantine pest for the whole EU (annex IA1 of the directive 2000/29/EC). However, in view of its presence in the EU (see data of the presence of this pest on the EU territory available in EPPO Global Database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9318690b04161df3b" w:history="1">
+      <w:hyperlink r:id="rId3329695df84ee275b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), classification within the directive should be revised. This pest is not evaluated in the context of the EU RNQP Project but because it was submitted for evaluation by the Working Party on Phytosanitary Regulation (WPPR, 2016). As a consequence, evaluation continues.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -700,51 +700,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="149613"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Remark: This pest is considered to be already a quarantine pest for the whole EU (annex IA1 of the directive 2000/29/EC). However, in view of its presence in the EU (see data of the presence of this pest on the EU territory available in EPPO Global Database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1341690b04161e047" w:history="1">
+      <w:hyperlink r:id="rId4732695df84ee2860" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="149613"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="149613"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), classification within the directive should be revised. This pest was not submitted for evaluation by the European Commission in the context of the EU RNQP Project but was submitted by the Working Party on Phytosanitary Regulation (WPPR, 2016).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1119,137 +1119,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51865672">
+  <w:abstractNum w:abstractNumId="70107814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13758229">
+    <w:lvl w:ilvl="0" w:tplc="33015958">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13758229" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33015958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51865671">
+  <w:abstractNum w:abstractNumId="70107813">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67908828">
+    <w:lvl w:ilvl="0" w:tplc="99471013">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2001,55 +2001,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51865671">
-    <w:abstractNumId w:val="51865671"/>
+  <w:num w:numId="70107813">
+    <w:abstractNumId w:val="70107813"/>
   </w:num>
-  <w:num w:numId="51865672">
-    <w:abstractNumId w:val="51865672"/>
+  <w:num w:numId="70107814">
+    <w:abstractNumId w:val="70107814"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13594,51 +13594,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218029507" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId2662690b04161df11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9318690b04161df3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1341690b04161e047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985256872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId9567695df84ee2730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3329695df84ee275b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4732695df84ee2860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>