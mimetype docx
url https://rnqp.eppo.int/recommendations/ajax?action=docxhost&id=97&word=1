--- v1 (2026-01-07)
+++ v2 (2026-03-10)
@@ -457,78 +457,78 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9567695df84ee2730" w:history="1">
+      <w:hyperlink r:id="rId771669b0171ceb99b" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This pest is considered to be already a quarantine pest for the whole EU (annex IA1 of the directive 2000/29/EC). However, in view of its presence in the EU (see data of the presence of this pest on the EU territory available in EPPO Global Database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3329695df84ee275b" w:history="1">
+      <w:hyperlink r:id="rId759669b0171ceb9c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), classification within the directive should be revised. This pest is not evaluated in the context of the EU RNQP Project but because it was submitted for evaluation by the Working Party on Phytosanitary Regulation (WPPR, 2016). As a consequence, evaluation continues.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -700,51 +700,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="149613"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Remark: This pest is considered to be already a quarantine pest for the whole EU (annex IA1 of the directive 2000/29/EC). However, in view of its presence in the EU (see data of the presence of this pest on the EU territory available in EPPO Global Database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4732695df84ee2860" w:history="1">
+      <w:hyperlink r:id="rId172969b0171cebac9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="149613"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="149613"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), classification within the directive should be revised. This pest was not submitted for evaluation by the European Commission in the context of the EU RNQP Project but was submitted by the Working Party on Phytosanitary Regulation (WPPR, 2016).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1119,137 +1119,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70107814">
+  <w:abstractNum w:abstractNumId="73615659">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33015958">
+    <w:lvl w:ilvl="0" w:tplc="89309368">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33015958" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89309368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70107813">
+  <w:abstractNum w:abstractNumId="73615658">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99471013">
+    <w:lvl w:ilvl="0" w:tplc="62333806">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2001,55 +2001,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70107813">
-    <w:abstractNumId w:val="70107813"/>
+  <w:num w:numId="73615658">
+    <w:abstractNumId w:val="73615658"/>
   </w:num>
-  <w:num w:numId="70107814">
-    <w:abstractNumId w:val="70107814"/>
+  <w:num w:numId="73615659">
+    <w:abstractNumId w:val="73615659"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13594,51 +13594,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985256872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId9567695df84ee2730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3329695df84ee275b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4732695df84ee2860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885291161" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId771669b0171ceb99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId759669b0171ceb9c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId172969b0171cebac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>