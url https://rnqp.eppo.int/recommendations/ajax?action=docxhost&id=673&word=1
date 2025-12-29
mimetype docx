--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -457,51 +457,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Only non-European populations of Bemisia tabaci are listed in annex IA1 of Council directive 2000/29/EC. Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16226905d4cf2c232" w:history="1">
+      <w:hyperlink r:id="rId24896951e11f7af9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). Experts commented that 'non-European populations' is usually only considered in relation to the origin of the plants/consignment on which the pest is found.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Chu D, Zhang YJ, Brown JK, Cong B, Xu BY, Wu QJ &amp; Zhu GR (2006) The introduction of the exotic Q biotype of Bemisia tabaci from the Mediterranean region into China on ornamental crops. Florida Entomologist 89, 168-174;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Agriculture and Food, Goverment of Western Australia (DAF-GWA) (2008) A list of recorded host plants of Bemisia tabaci including silverleaf whitefly. Previously available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67716905d4cf2c4a1" w:history="1">
+      <w:hyperlink r:id="rId13986951e11f7b22f" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1101,51 +1101,51 @@
         <w:t xml:space="preserve">Drayton GM, Teulon DAJ, Workman PJ &amp; Scott IAW (2009) The Christmas dispersal of Bemisia tabaci (Gennadius) in New Zealand. New Zeland Plant Protection 62, 310-314;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2013) (PLH) Scientific Opinion on the risks to plant health posed by Bemisia tabaci species complex and viruses it transmits for the EU territory. EFSA Journal 11, 3162. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13216905d4cf2c51f" w:history="1">
+      <w:hyperlink r:id="rId46856951e11f7b2af" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1165,51 +1165,51 @@
         <w:t xml:space="preserve">European and Mediterranean Plant Protection Organisation (EPPO) (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available from www.eppo.int/QUARANTINE/EPPO_Study_on_Plants_for_planting.pdf;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans GA (2007) Host plant list of the whiteflies (Aleyrodidae) of the world. USDA/Animal Plant Health Inspection Service (APHIS), 290 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25996905d4cf2c55d" w:history="1">
+      <w:hyperlink r:id="rId42966951e11f7b2ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1252,51 +1252,51 @@
         <w:t xml:space="preserve">Li SJ, Xue X, Ahmed MZ, Ren SX, Du YZ, Wu JH, Cuthbertson AGS &amp; Qiu BL, 2011. Host plants and natural enemies of Bemisia tabaci (Hemiptera, Aleyrodidae) in China. Insect Science 18, 101-120;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">McKenzie CL &amp; Osborne LS (2017) Bemisia tabaci MED (Q biotype) (Hemiptera: Aleyrodidae) in Florida is on the move to residential landscapes and may impact open-field agriculture. Florida Entomologist 100(2):481-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88756905d4cf2c5af" w:history="1">
+      <w:hyperlink r:id="rId94616951e11f7b340" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1653/024.100.0213</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1435,137 +1435,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78908417">
+  <w:abstractNum w:abstractNumId="68223387">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15662562">
+    <w:lvl w:ilvl="0" w:tplc="20371044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15662562" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20371044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78908416">
+  <w:abstractNum w:abstractNumId="68223386">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23687684">
+    <w:lvl w:ilvl="0" w:tplc="27995373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2317,55 +2317,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78908416">
-    <w:abstractNumId w:val="78908416"/>
+  <w:num w:numId="68223386">
+    <w:abstractNumId w:val="68223386"/>
   </w:num>
-  <w:num w:numId="78908417">
-    <w:abstractNumId w:val="78908417"/>
+  <w:num w:numId="68223387">
+    <w:abstractNumId w:val="68223387"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13910,51 +13910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146092612" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId16226905d4cf2c232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId67716905d4cf2c4a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf" TargetMode="External"/><Relationship Id="rId13216905d4cf2c51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf" TargetMode="External"/><Relationship Id="rId25996905d4cf2c55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf" TargetMode="External"/><Relationship Id="rId88756905d4cf2c5af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1653/024.100.0213" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526060906" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId24896951e11f7af9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId13986951e11f7b22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf" TargetMode="External"/><Relationship Id="rId46856951e11f7b2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf" TargetMode="External"/><Relationship Id="rId42966951e11f7b2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf" TargetMode="External"/><Relationship Id="rId94616951e11f7b340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1653/024.100.0213" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>