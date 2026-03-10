--- v1 (2025-12-29)
+++ v2 (2026-03-10)
@@ -457,51 +457,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Only non-European populations of Bemisia tabaci are listed in annex IA1 of Council directive 2000/29/EC. Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24896951e11f7af9e" w:history="1">
+      <w:hyperlink r:id="rId935069b016039a8d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). Experts commented that 'non-European populations' is usually only considered in relation to the origin of the plants/consignment on which the pest is found.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Chu D, Zhang YJ, Brown JK, Cong B, Xu BY, Wu QJ &amp; Zhu GR (2006) The introduction of the exotic Q biotype of Bemisia tabaci from the Mediterranean region into China on ornamental crops. Florida Entomologist 89, 168-174;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Agriculture and Food, Goverment of Western Australia (DAF-GWA) (2008) A list of recorded host plants of Bemisia tabaci including silverleaf whitefly. Previously available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13986951e11f7b22f" w:history="1">
+      <w:hyperlink r:id="rId304069b016039ab63" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1101,51 +1101,51 @@
         <w:t xml:space="preserve">Drayton GM, Teulon DAJ, Workman PJ &amp; Scott IAW (2009) The Christmas dispersal of Bemisia tabaci (Gennadius) in New Zealand. New Zeland Plant Protection 62, 310-314;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2013) (PLH) Scientific Opinion on the risks to plant health posed by Bemisia tabaci species complex and viruses it transmits for the EU territory. EFSA Journal 11, 3162. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46856951e11f7b2af" w:history="1">
+      <w:hyperlink r:id="rId227869b016039abea" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1165,51 +1165,51 @@
         <w:t xml:space="preserve">European and Mediterranean Plant Protection Organisation (EPPO) (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available from www.eppo.int/QUARANTINE/EPPO_Study_on_Plants_for_planting.pdf;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans GA (2007) Host plant list of the whiteflies (Aleyrodidae) of the world. USDA/Animal Plant Health Inspection Service (APHIS), 290 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42966951e11f7b2ee" w:history="1">
+      <w:hyperlink r:id="rId833669b016039ac2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1252,51 +1252,51 @@
         <w:t xml:space="preserve">Li SJ, Xue X, Ahmed MZ, Ren SX, Du YZ, Wu JH, Cuthbertson AGS &amp; Qiu BL, 2011. Host plants and natural enemies of Bemisia tabaci (Hemiptera, Aleyrodidae) in China. Insect Science 18, 101-120;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">McKenzie CL &amp; Osborne LS (2017) Bemisia tabaci MED (Q biotype) (Hemiptera: Aleyrodidae) in Florida is on the move to residential landscapes and may impact open-field agriculture. Florida Entomologist 100(2):481-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94616951e11f7b340" w:history="1">
+      <w:hyperlink r:id="rId195669b016039ac80" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1653/024.100.0213</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1435,137 +1435,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68223387">
+  <w:abstractNum w:abstractNumId="99702460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20371044">
+    <w:lvl w:ilvl="0" w:tplc="36287009">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20371044" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36287009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68223386">
+  <w:abstractNum w:abstractNumId="99702459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27995373">
+    <w:lvl w:ilvl="0" w:tplc="91164684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2317,55 +2317,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68223386">
-    <w:abstractNumId w:val="68223386"/>
+  <w:num w:numId="99702459">
+    <w:abstractNumId w:val="99702459"/>
   </w:num>
-  <w:num w:numId="68223387">
-    <w:abstractNumId w:val="68223387"/>
+  <w:num w:numId="99702460">
+    <w:abstractNumId w:val="99702460"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13910,51 +13910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526060906" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId24896951e11f7af9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId13986951e11f7b22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf" TargetMode="External"/><Relationship Id="rId46856951e11f7b2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf" TargetMode="External"/><Relationship Id="rId42966951e11f7b2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf" TargetMode="External"/><Relationship Id="rId94616951e11f7b340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1653/024.100.0213" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711713933" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935069b016039a8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId304069b016039ab63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agric.wa.gov.au/objtwr/imported_assets/content/pw/ins/slwfhostlist.pdf" TargetMode="External"/><Relationship Id="rId227869b016039abea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.2903/j.efsa.2013.3162/epdf" TargetMode="External"/><Relationship Id="rId833669b016039ac2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sel.barc.usda.gov:8080/1WF/WhiteflyHost.pdf" TargetMode="External"/><Relationship Id="rId195669b016039ac80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1653/024.100.0213" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>