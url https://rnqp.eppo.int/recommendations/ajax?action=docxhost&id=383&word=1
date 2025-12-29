--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -336,51 +336,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Root-knot nematode (M. exigua, M. naasi, M. hapla, M. incognita, M. arenaria, and M. javanica, M. ethiopica) (EPPO Global Database, Kotcon et al., 1985; Davis et al., 2003; CABI, 2017) are polyphagous pests. They all cause characteristic knots (galls), swellings and other malformations on the roots of onion. M. ethiopica is included in EPPO alert list (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId91646903d80aa67d0" w:history="1">
+      <w:hyperlink r:id="rId44156952e74b8c582" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) (EPPO website). These species cause similar symptoms on the host and they are all present in the EU. Distinction among them can be difficult. Including all the species in the genus would make for practical application and avoid the need for full identification to species of any root-knot nematodes found in the material to be eventually marketed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Remark: In the RNQP Questionnaire, for the 'Vegetable propagating and planting material (other than seeds)' Sector, GB supported a listing at the Genus level for Allium cepa but did not support such a listing for Cucumis melo, Solanum lycopersicum, Solanum melongena (no justification was given, and no information for the other host plants). No other EU Member States selected this entry as an important entry in the RNQP Questionnaire.</w:t>
@@ -1081,137 +1081,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59683836">
+  <w:abstractNum w:abstractNumId="71578383">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74815336">
+    <w:lvl w:ilvl="0" w:tplc="20934877">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74815336" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20934877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59683835">
+  <w:abstractNum w:abstractNumId="71578382">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60897159">
+    <w:lvl w:ilvl="0" w:tplc="76379164">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1963,55 +1963,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59683835">
-    <w:abstractNumId w:val="59683835"/>
+  <w:num w:numId="71578382">
+    <w:abstractNumId w:val="71578382"/>
   </w:num>
-  <w:num w:numId="59683836">
-    <w:abstractNumId w:val="59683836"/>
+  <w:num w:numId="71578383">
+    <w:abstractNumId w:val="71578383"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13556,51 +13556,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323020344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId91646903d80aa67d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594777618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId44156952e74b8c582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>