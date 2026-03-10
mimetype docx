--- v1 (2025-12-29)
+++ v2 (2026-03-10)
@@ -336,51 +336,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Root-knot nematode (M. exigua, M. naasi, M. hapla, M. incognita, M. arenaria, and M. javanica, M. ethiopica) (EPPO Global Database, Kotcon et al., 1985; Davis et al., 2003; CABI, 2017) are polyphagous pests. They all cause characteristic knots (galls), swellings and other malformations on the roots of onion. M. ethiopica is included in EPPO alert list (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44156952e74b8c582" w:history="1">
+      <w:hyperlink r:id="rId246269b016a59c9af" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) (EPPO website). These species cause similar symptoms on the host and they are all present in the EU. Distinction among them can be difficult. Including all the species in the genus would make for practical application and avoid the need for full identification to species of any root-knot nematodes found in the material to be eventually marketed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Remark: In the RNQP Questionnaire, for the 'Vegetable propagating and planting material (other than seeds)' Sector, GB supported a listing at the Genus level for Allium cepa but did not support such a listing for Cucumis melo, Solanum lycopersicum, Solanum melongena (no justification was given, and no information for the other host plants). No other EU Member States selected this entry as an important entry in the RNQP Questionnaire.</w:t>
@@ -1081,137 +1081,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71578383">
+  <w:abstractNum w:abstractNumId="79411199">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20934877">
+    <w:lvl w:ilvl="0" w:tplc="88527196">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20934877" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88527196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71578382">
+  <w:abstractNum w:abstractNumId="79411198">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76379164">
+    <w:lvl w:ilvl="0" w:tplc="15084516">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1963,55 +1963,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71578382">
-    <w:abstractNumId w:val="71578382"/>
+  <w:num w:numId="79411198">
+    <w:abstractNumId w:val="79411198"/>
   </w:num>
-  <w:num w:numId="71578383">
-    <w:abstractNumId w:val="71578383"/>
+  <w:num w:numId="79411199">
+    <w:abstractNumId w:val="79411199"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13556,51 +13556,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594777618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId44156952e74b8c582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225404329" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246269b016a59c9af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/QUARANTINE/Alert_List/alert_list.htm" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>