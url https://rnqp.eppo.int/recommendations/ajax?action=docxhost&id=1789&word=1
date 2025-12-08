--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -511,51 +511,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId409368f3d5d1ce4f1" w:history="1">
+      <w:hyperlink r:id="rId4481693664481c950" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -800,51 +800,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A literature and Google search for species of Allium being used as an ornamental plant, as opposed to a vegetable plant, did not locate any specific references. For Allium species used as vegetable crop, more information is available on the pathway. E.g. transmission of D. dipsaci from infested seed to young seedlings for transplanting is well established and planting nematode-free transplants and onion sets is recognized as an important control practice for this pest. Other potential sources of infection are nematode-infested soil, infested debris and infested weeds. Field control can be by rotation, soil solarization or resistant cultivars, however chemical treatments of soil are not economic for large areas (CABI, 2015).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">There is a large number of Allium species (and within the species, varieties) that are used as ornamental (e.g. search for 'Allium' on the following database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588268f3d5d1ce66a" w:history="1">
+      <w:hyperlink r:id="rId1810693664481cabe" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.internationalplantnames.com/HTML/English/index_zoek.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). The Dutch Flowerbulb Inspection Service BKD has included all ornamental Alliums in their inspection with the same standards as the other ornamental flower bulbs on which D. dipsaci is currently regulated. It is suggested to consider that all Allium species, with ornamental varieties, are host plants and are a significant pathway compare to other pathways when suitable control measures are carried out for the alternative inoculum sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1383,51 +1383,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580968f3d5d1ce929" w:history="1">
+      <w:hyperlink r:id="rId5985693664481cd8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1543,137 +1543,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96993478">
+  <w:abstractNum w:abstractNumId="43574366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14605645">
+    <w:lvl w:ilvl="0" w:tplc="93631025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14605645" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93631025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96993477">
+  <w:abstractNum w:abstractNumId="43574365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85084288">
+    <w:lvl w:ilvl="0" w:tplc="46748182">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2425,55 +2425,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96993477">
-    <w:abstractNumId w:val="96993477"/>
+  <w:num w:numId="43574365">
+    <w:abstractNumId w:val="43574365"/>
   </w:num>
-  <w:num w:numId="96993478">
-    <w:abstractNumId w:val="96993478"/>
+  <w:num w:numId="43574366">
+    <w:abstractNumId w:val="43574366"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -14018,51 +14018,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId212482124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409368f3d5d1ce4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId588268f3d5d1ce66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId580968f3d5d1ce929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410249245" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4481693664481c950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1810693664481cabe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId5985693664481cd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>