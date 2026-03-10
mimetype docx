--- v1 (2025-12-08)
+++ v2 (2026-03-10)
@@ -511,51 +511,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4481693664481c950" w:history="1">
+      <w:hyperlink r:id="rId778769b0168b7234e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -800,51 +800,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A literature and Google search for species of Allium being used as an ornamental plant, as opposed to a vegetable plant, did not locate any specific references. For Allium species used as vegetable crop, more information is available on the pathway. E.g. transmission of D. dipsaci from infested seed to young seedlings for transplanting is well established and planting nematode-free transplants and onion sets is recognized as an important control practice for this pest. Other potential sources of infection are nematode-infested soil, infested debris and infested weeds. Field control can be by rotation, soil solarization or resistant cultivars, however chemical treatments of soil are not economic for large areas (CABI, 2015).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">There is a large number of Allium species (and within the species, varieties) that are used as ornamental (e.g. search for 'Allium' on the following database: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1810693664481cabe" w:history="1">
+      <w:hyperlink r:id="rId153269b0168b7254e" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.internationalplantnames.com/HTML/English/index_zoek.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). The Dutch Flowerbulb Inspection Service BKD has included all ornamental Alliums in their inspection with the same standards as the other ornamental flower bulbs on which D. dipsaci is currently regulated. It is suggested to consider that all Allium species, with ornamental varieties, are host plants and are a significant pathway compare to other pathways when suitable control measures are carried out for the alternative inoculum sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1383,51 +1383,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agricultural Bioscience International) (2015). Online. Datasheets Ditylenchus dipsaci (stem and bulb nematode). Invasive species compendium. CABI, Wallingford, UK. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5985693664481cd8e" w:history="1">
+      <w:hyperlink r:id="rId112169b0168b72845" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/19287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1543,137 +1543,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43574366">
+  <w:abstractNum w:abstractNumId="54073999">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93631025">
+    <w:lvl w:ilvl="0" w:tplc="99667169">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93631025" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99667169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43574365">
+  <w:abstractNum w:abstractNumId="54073998">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46748182">
+    <w:lvl w:ilvl="0" w:tplc="13227334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2425,55 +2425,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43574365">
-    <w:abstractNumId w:val="43574365"/>
+  <w:num w:numId="54073998">
+    <w:abstractNumId w:val="54073998"/>
   </w:num>
-  <w:num w:numId="43574366">
-    <w:abstractNumId w:val="43574366"/>
+  <w:num w:numId="54073999">
+    <w:abstractNumId w:val="54073999"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -14018,51 +14018,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410249245" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4481693664481c950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1810693664481cabe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId5985693664481cd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId343173028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId778769b0168b7234e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId153269b0168b7254e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.internationalplantnames.com/HTML/English/index_zoek.htm" TargetMode="External"/><Relationship Id="rId112169b0168b72845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/19287" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>