--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -501,51 +501,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId260268fb8eccd2e65" w:history="1">
+      <w:hyperlink r:id="rId6065694a30a2042f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). This pest is a candidate for the RNQP status according to the IIA2AWG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Comment by forestry experts: Since no targeted surveys of CPp infection on tolerant hosts (such as Prunus avium) are undertaken, the distribution of CPp in Europe is unclear and suspected to be underestimated, especially in Northern countries where sensitive hosts such as apricot and peach are not produced. The wild forms (Prunus spinosa) was surveyed together with Cacopsylla pruni across Germany and CPp was confirmed across the country (both, systemic and latent) (Dr. Jaraush, personal communication).</w:t>
@@ -1218,51 +1218,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684468fb8eccd31e8" w:history="1">
+      <w:hyperlink r:id="rId7418694a30a204663" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1305,51 +1305,51 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676168fb8eccd3241" w:history="1">
+      <w:hyperlink r:id="rId9834694a30a2046bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1534,137 +1534,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90618828">
+  <w:abstractNum w:abstractNumId="58630972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18685925">
+    <w:lvl w:ilvl="0" w:tplc="90679341">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18685925" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90679341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90618827">
+  <w:abstractNum w:abstractNumId="58630971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22711929">
+    <w:lvl w:ilvl="0" w:tplc="57399728">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2416,55 +2416,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90618827">
-    <w:abstractNumId w:val="90618827"/>
+  <w:num w:numId="58630971">
+    <w:abstractNumId w:val="58630971"/>
   </w:num>
-  <w:num w:numId="90618828">
-    <w:abstractNumId w:val="90618828"/>
+  <w:num w:numId="58630972">
+    <w:abstractNumId w:val="58630972"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -14009,51 +14009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId647751967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260268fb8eccd2e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId684468fb8eccd31e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId676168fb8eccd3241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436109246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId6065694a30a2042f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7418694a30a204663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId9834694a30a2046bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>