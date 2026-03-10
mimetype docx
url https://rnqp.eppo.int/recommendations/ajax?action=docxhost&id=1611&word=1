--- v1 (2025-12-23)
+++ v2 (2026-03-10)
@@ -501,51 +501,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6065694a30a2042f4" w:history="1">
+      <w:hyperlink r:id="rId517069b016d16281a" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). This pest is a candidate for the RNQP status according to the IIA2AWG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Comment by forestry experts: Since no targeted surveys of CPp infection on tolerant hosts (such as Prunus avium) are undertaken, the distribution of CPp in Europe is unclear and suspected to be underestimated, especially in Northern countries where sensitive hosts such as apricot and peach are not produced. The wild forms (Prunus spinosa) was surveyed together with Cacopsylla pruni across Germany and CPp was confirmed across the country (both, systemic and latent) (Dr. Jaraush, personal communication).</w:t>
@@ -1218,51 +1218,51 @@
         <w:t xml:space="preserve">REFERENCES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSES (2012) Rapport d'expertise collective. Groupe de travail "ARP phytoplasmes des arbres fruitiers". Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7418694a30a204663" w:history="1">
+      <w:hyperlink r:id="rId826869b016d162ba1" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1305,51 +1305,51 @@
         <w:t xml:space="preserve">EU COM (2016) Recommendation of the Working Group on the Annexes of the Council Directive 2000/29/EC – Section II – Listing of Harmful Organisms as regards the future listing of Apricot chlorotic leafroll mycoplasma;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prima phacie (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. External scientific report by group of authors: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9834694a30a2046bc" w:history="1">
+      <w:hyperlink r:id="rId916669b016d162bf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1534,137 +1534,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58630972">
+  <w:abstractNum w:abstractNumId="20924184">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90679341">
+    <w:lvl w:ilvl="0" w:tplc="91151354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90679341" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91151354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58630971">
+  <w:abstractNum w:abstractNumId="20924183">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57399728">
+    <w:lvl w:ilvl="0" w:tplc="69148338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2416,55 +2416,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58630971">
-    <w:abstractNumId w:val="58630971"/>
+  <w:num w:numId="20924183">
+    <w:abstractNumId w:val="20924183"/>
   </w:num>
-  <w:num w:numId="58630972">
-    <w:abstractNumId w:val="58630972"/>
+  <w:num w:numId="20924184">
+    <w:abstractNumId w:val="20924184"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -14009,51 +14009,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436109246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId6065694a30a2042f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7418694a30a204663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId9834694a30a2046bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId795569713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId517069b016d16281a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId826869b016d162ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/SVEG2011sa0137Ra.pdf" TargetMode="External"/><Relationship Id="rId916669b016d162bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/fr/supporting/doc/319e.pdf" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>