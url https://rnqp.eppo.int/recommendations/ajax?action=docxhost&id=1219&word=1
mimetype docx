--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -441,51 +441,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId243568f43386d17b0" w:history="1">
+      <w:hyperlink r:id="rId52656936542dd18e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -650,137 +650,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19189660">
+  <w:abstractNum w:abstractNumId="45845418">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57843984">
+    <w:lvl w:ilvl="0" w:tplc="86693894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57843984" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86693894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19189659">
+  <w:abstractNum w:abstractNumId="45845417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76567105">
+    <w:lvl w:ilvl="0" w:tplc="47703234">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1532,55 +1532,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19189659">
-    <w:abstractNumId w:val="19189659"/>
+  <w:num w:numId="45845417">
+    <w:abstractNumId w:val="45845417"/>
   </w:num>
-  <w:num w:numId="19189660">
-    <w:abstractNumId w:val="19189660"/>
+  <w:num w:numId="45845418">
+    <w:abstractNumId w:val="45845418"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13125,51 +13125,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId162837438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId243568f43386d17b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104725535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId52656936542dd18e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>