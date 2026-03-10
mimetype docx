--- v1 (2025-12-08)
+++ v2 (2026-03-10)
@@ -441,51 +441,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Justification (if necessary):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data of the presence of this pest on the EU territory are available in EPPO Global Database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52656936542dd18e9" w:history="1">
+      <w:hyperlink r:id="rId773569b016d61bf00" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0200C9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0200C9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -650,137 +650,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45845418">
+  <w:abstractNum w:abstractNumId="37618019">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86693894">
+    <w:lvl w:ilvl="0" w:tplc="55448832">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86693894" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55448832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45845417">
+  <w:abstractNum w:abstractNumId="37618018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47703234">
+    <w:lvl w:ilvl="0" w:tplc="91286846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1532,55 +1532,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45845417">
-    <w:abstractNumId w:val="45845417"/>
+  <w:num w:numId="37618018">
+    <w:abstractNumId w:val="37618018"/>
   </w:num>
-  <w:num w:numId="45845418">
-    <w:abstractNumId w:val="45845418"/>
+  <w:num w:numId="37618019">
+    <w:abstractNumId w:val="37618019"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DF064E"/>
     <w:rsid w:val="00065F9C"/>
     <w:rsid w:val="000F6147"/>
     <w:rsid w:val="00112029"/>
@@ -13125,51 +13125,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104725535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId52656936542dd18e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId980288850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773569b016d61bf00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>